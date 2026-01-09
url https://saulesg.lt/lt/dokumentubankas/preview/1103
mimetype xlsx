--- v0 (2025-10-09)
+++ v1 (2026-01-09)
@@ -33,60 +33,60 @@
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20416"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Ramas\Documents\9kl\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Ramas\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C6134A28-14A2-4696-9212-0EEDF1765327}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ADD27FD4-0C4D-4721-AB3E-FC361B6A26D8}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="51600" windowHeight="17625" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="51600" windowHeight="17625" firstSheet="4" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Pagrindai" sheetId="12" r:id="rId1"/>
     <sheet name="Įvadas į funkcijas" sheetId="13" r:id="rId2"/>
     <sheet name="AVERAGE" sheetId="14" r:id="rId3"/>
     <sheet name="MIN ir MAX" sheetId="15" r:id="rId4"/>
     <sheet name="Teksto ir skaičių jungimas" sheetId="16" r:id="rId5"/>
     <sheet name="IF sakiniai" sheetId="17" r:id="rId6"/>
     <sheet name="1 užduotis" sheetId="1" r:id="rId7"/>
     <sheet name="2 užduotis" sheetId="2" r:id="rId8"/>
     <sheet name="3 užduotis" sheetId="3" r:id="rId9"/>
     <sheet name="4 užduotis" sheetId="4" r:id="rId10"/>
     <sheet name="5 užduotis" sheetId="5" r:id="rId11"/>
     <sheet name="6 užduotis" sheetId="6" r:id="rId12"/>
     <sheet name="7 užduotis" sheetId="7" r:id="rId13"/>
     <sheet name="8 užduotis" sheetId="8" r:id="rId14"/>
     <sheet name="9 užduotis" sheetId="9" r:id="rId15"/>
     <sheet name="10 užduotis" sheetId="10" r:id="rId16"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId17"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Pagrindai!$P$9:$Q$10</definedName>
     <definedName name="Apelsinai">[1]!tbl_FruitType4[Apelsinai]</definedName>
@@ -127,51 +127,51 @@
   <c r="F37" i="17" s="1"/>
   <c r="F35" i="17"/>
   <c r="E3" i="16"/>
   <c r="F3" i="16"/>
   <c r="D28" i="16"/>
   <c r="C32" i="16" s="1"/>
   <c r="D29" i="16"/>
   <c r="C37" i="16" s="1"/>
   <c r="G15" i="15"/>
   <c r="D7" i="13"/>
   <c r="D39" i="13"/>
   <c r="D51" i="13"/>
   <c r="G51" i="13"/>
   <c r="G3" i="12"/>
   <c r="G4" i="12"/>
   <c r="G5" i="12"/>
   <c r="G6" i="12"/>
   <c r="G7" i="12"/>
   <c r="J43" i="12"/>
   <c r="C36" i="16" l="1"/>
   <c r="C33" i="16"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="335" uniqueCount="231">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="338" uniqueCount="232">
   <si>
     <t>Skaičiai ir procentai</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>proc.</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>Automobilis</t>
   </si>
   <si>
     <t>Pradinė kaina</t>
   </si>
   <si>
     <t>Kasmet vertė sumažėja</t>
   </si>
   <si>
     <t>Metai</t>
   </si>
   <si>
@@ -1126,50 +1126,53 @@
     <t>IF sakiniai</t>
   </si>
   <si>
     <t>SVARBI IŠSAMI INFORMACIJA
 TRUE ir FALSE yra nepanašūs į kitus „Excel“ formulių žodžius tuo, kad jų nereikia rašyti kabutėse, o „Excel“ juos automatiškai pavers didžiosiomis raidėmis. Skaičių taip pat nereikia rašyti kabutėse. Paprastą tekstą, pvz., Taip arba Ne, reikia rašyti kabutėse, kaip čia: 
 =IF(C9="Obuolys";"Taip";"Ne")</t>
   </si>
   <si>
     <t xml:space="preserve">Pabandykime kitą pavyzdį, pažvelgdami į langelyje C12 esančią formulę. Langelyje jau įvesta =IF(C12&lt;100;"Mažiau nei 100";"Daugiau arba lygu 100"). Kas nutiks, jei langelyje C12 įvesite skaičių, didesnį nei 100?
 </t>
   </si>
   <si>
     <t xml:space="preserve">Nukopijuokite D9 į D10. Čia atsakymas turėtų būti FALSE (neteisinga), nes apelsinas nėra obuolys.
 </t>
   </si>
   <si>
     <t xml:space="preserve">Langelyje D9 įveskite =IF(C9="Obuolys";TRUE;FALSE). Teisingas atsakymas yra TRUE (teisinga). 
 </t>
   </si>
   <si>
     <t>IF sakiniai leidžia atlikti loginius sąlygų palyginimus. IF sakinys paprastai nurodo, kad jei viena sąlyga yra teisinga, reikia kažką daryti; kitu atveju reikia daryti kažką kitą. Formulės gali grąžinti tekstą, reikšmes ar dar daugiau skaičiavimų.</t>
   </si>
   <si>
     <t>Sumokėta kainos dalis</t>
   </si>
+  <si>
+    <t>Pagalba youtube.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="7">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="#,##0\ &quot;€&quot;"/>
     <numFmt numFmtId="167" formatCode="#,##0.00\ [$€-1]"/>
     <numFmt numFmtId="168" formatCode="0\ 000\ 000"/>
     <numFmt numFmtId="169" formatCode="hh:mm;@"/>
     <numFmt numFmtId="170" formatCode="#,##0.00\ [$EUR];[Red]\-#,##0.00\ [$EUR]"/>
   </numFmts>
   <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1672,142 +1675,124 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="19">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="8"/>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="6"/>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="8"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="6"/>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="6"/>
   </cellStyleXfs>
-  <cellXfs count="168">
+  <cellXfs count="169">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="2" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="2" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="2" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="0" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="2" xfId="2" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="5" borderId="1" xfId="3" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="5" borderId="1" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="9" fontId="2" fillId="5" borderId="1" xfId="3" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="2" fillId="5" borderId="1" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="5" borderId="7" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="2" fillId="5" borderId="7" xfId="3" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="2" fillId="5" borderId="2" xfId="3" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="2" fillId="5" borderId="2" xfId="3" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="0" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="2" fillId="5" borderId="2" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="12" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="19" fillId="6" borderId="0" xfId="5" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="6" borderId="0" xfId="5"/>
     <xf numFmtId="0" fontId="19" fillId="6" borderId="0" xfId="5" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="8" xfId="6"/>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="9" xfId="7" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="10" xfId="8" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="9" xfId="9" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="8" xfId="10"/>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="0" xfId="7"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="6" xfId="8"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="11"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="12" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="12" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="12"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="12" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="12" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="12" applyFont="1" applyAlignment="1">
@@ -1875,228 +1860,247 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="9" xfId="9" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="12" applyFont="1"/>
     <xf numFmtId="0" fontId="19" fillId="6" borderId="0" xfId="5" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="17" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="14" applyFont="1"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="12" applyFont="1"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="12" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="9" xfId="9" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="17" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="17" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="12" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="6" xfId="18"/>
-    <xf numFmtId="0" fontId="29" fillId="6" borderId="15" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="169" fontId="1" fillId="8" borderId="13" xfId="18" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="8" borderId="13" xfId="18" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="17" fillId="0" borderId="0" xfId="12" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="13" xfId="18" applyBorder="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="12" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="170" fontId="17" fillId="0" borderId="0" xfId="12" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="12" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="170" fontId="1" fillId="8" borderId="6" xfId="18" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="8" xfId="6" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="170" fontId="17" fillId="0" borderId="17" xfId="12" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="17" xfId="12" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="170" fontId="17" fillId="9" borderId="18" xfId="12" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="18" xfId="12" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="6" borderId="18" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="6" borderId="18" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="6" xfId="18" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="6" xfId="9" applyBorder="1"/>
-    <xf numFmtId="0" fontId="29" fillId="6" borderId="15" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="12" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="3" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="2" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="2" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="2" xfId="3" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="5" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="167" fontId="2" fillId="0" borderId="2" xfId="3" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="168" fontId="15" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="6" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="6" borderId="16" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="6" borderId="15" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="6" borderId="15" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="168" fontId="15" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="21" fillId="5" borderId="0" xfId="11" applyFill="1"/>
   </cellXfs>
   <cellStyles count="19">
     <cellStyle name="2 2 geltonasLangelis" xfId="8" xr:uid="{D570B5AB-E9ED-45D3-9556-5509DCD9F319}"/>
     <cellStyle name="2 2 pilkasLangelis" xfId="7" xr:uid="{C847F029-D711-4BE8-86E5-AB47451A9665}"/>
     <cellStyle name="2 geltonasLangelis" xfId="15" xr:uid="{415EA976-F7F0-47A3-8C8F-47C45816DE1F}"/>
     <cellStyle name="2 įprasta" xfId="17" xr:uid="{400B0B3C-812B-4D53-868B-DDC7EC31F401}"/>
     <cellStyle name="2 oranžinėKraštinė" xfId="10" xr:uid="{1464C558-9006-4C53-BC6F-B5FEDB8F9CCA}"/>
     <cellStyle name="2 pilkasLangelis" xfId="16" xr:uid="{C4936E80-E8A9-42F8-BE0A-A97A44AE0D8F}"/>
     <cellStyle name="20% – paryškinimas 5" xfId="2" builtinId="46"/>
     <cellStyle name="3 2 antraštė" xfId="5" xr:uid="{E327E1E6-AD8E-4B30-9F34-B82306B25F1C}"/>
     <cellStyle name="3 įprasta" xfId="13" xr:uid="{734A2C68-BBB8-4981-B9E9-C714E5BA6C6F}"/>
     <cellStyle name="40% – paryškinimas 5" xfId="4" builtinId="47"/>
     <cellStyle name="60% – paryškinimas 6" xfId="3" builtinId="52"/>
     <cellStyle name="GeltonasLangelis" xfId="18" xr:uid="{2B51C803-A163-44D9-99F7-F112F17DEF7D}"/>
     <cellStyle name="Hipersaitas" xfId="11" builtinId="8"/>
     <cellStyle name="Įprastas" xfId="0" builtinId="0"/>
     <cellStyle name="Įprastas 2" xfId="12" xr:uid="{E99421B1-B68A-4648-BF11-263CF9B926B1}"/>
     <cellStyle name="OranžinėKraštinė" xfId="6" xr:uid="{B334AC19-46BF-4069-B430-F3F1081F1ABD}"/>
     <cellStyle name="PilkasLangelis" xfId="9" xr:uid="{A4A4B95D-B6AF-486B-8CBE-8898F1E3205F}"/>
     <cellStyle name="Procentai" xfId="1" builtinId="5"/>
     <cellStyle name="z Stulpelio A tekstas" xfId="14" xr:uid="{183995B4-B40E-4D21-A062-884212495D9D}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
@@ -42592,83 +42596,83 @@
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2643768" y="0"/>
           <a:ext cx="2265265" cy="3595329"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>7</xdr:col>
-      <xdr:colOff>450694</xdr:colOff>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>37170</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>32524</xdr:rowOff>
+      <xdr:rowOff>23231</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
-      <xdr:colOff>227670</xdr:colOff>
+      <xdr:colOff>422816</xdr:colOff>
       <xdr:row>5</xdr:row>
-      <xdr:rowOff>75816</xdr:rowOff>
+      <xdr:rowOff>66523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Paveikslėlis 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10084AEF-7494-43F3-A1B5-A568AA2A2253}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="5371170" y="32524"/>
+          <a:off x="5566316" y="23231"/>
           <a:ext cx="3429000" cy="1423255"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>179614</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>195943</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>65315</xdr:colOff>
       <xdr:row>16</xdr:row>
@@ -42730,69 +42734,71 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7239001" y="65315"/>
           <a:ext cx="3766456" cy="1978208"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Users/Ramas/Downloads/Formuli&#371;%20mokymo%20priemon&#279;1.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="Formuli&#371;%20mokymo%20priemon&#279;1.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="VLOOKUP"/>
       <sheetName val="Sąlyginės funkcijos"/>
       <sheetName val="Funkcijų vedlys"/>
       <sheetName val="Formulių klaidos"/>
       <sheetName val="Sužinokite daugiau"/>
+      <sheetName val="Formulių mokymo priemonė1"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2" refreshError="1"/>
       <sheetData sheetId="3" refreshError="1"/>
       <sheetData sheetId="4" refreshError="1"/>
+      <sheetData sheetId="5" refreshError="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -43068,3526 +43074,3544 @@
 <file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.office.com/en-us/article/IF-function-69AED7C9-4E8A-4755-A9BC-AA8BBFF73BE2" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=5QvBUvFMbjU" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=5QvBUvFMbjU" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=5QvBUvFMbjU" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8077736A-E091-444D-A8B4-59A88369753A}">
   <dimension ref="A1:N86"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="K19" sqref="K19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.7109375" style="53" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="12" max="16384" width="9.140625" style="52"/>
+    <col min="1" max="1" width="12.7109375" style="47" customWidth="1"/>
+    <col min="2" max="2" width="82.85546875" style="46" customWidth="1"/>
+    <col min="3" max="3" width="18.28515625" style="46" customWidth="1"/>
+    <col min="4" max="4" width="2.28515625" style="46" customWidth="1"/>
+    <col min="5" max="5" width="18" style="46" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="15.7109375" style="46" customWidth="1"/>
+    <col min="7" max="7" width="13.28515625" style="46" customWidth="1"/>
+    <col min="8" max="9" width="9.140625" style="46"/>
+    <col min="10" max="10" width="11.42578125" style="46" customWidth="1"/>
+    <col min="11" max="11" width="9.140625" style="46" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="46"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="53" t="s">
+      <c r="A1" s="47" t="s">
         <v>56</v>
       </c>
-      <c r="C1" s="57"/>
-[...2 lines deleted...]
-      <c r="F1" s="56"/>
+      <c r="C1" s="51"/>
+      <c r="D1" s="50"/>
+      <c r="E1" s="50"/>
+      <c r="F1" s="50"/>
     </row>
     <row r="2" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="53" t="s">
+      <c r="A2" s="47" t="s">
         <v>57</v>
       </c>
-      <c r="C2" s="41" t="s">
+      <c r="C2" s="35" t="s">
         <v>58</v>
       </c>
-      <c r="E2" s="42" t="s">
+      <c r="E2" s="36" t="s">
         <v>59</v>
       </c>
-      <c r="F2" s="43" t="s">
+      <c r="F2" s="37" t="s">
         <v>60</v>
       </c>
-      <c r="G2" s="43" t="s">
+      <c r="G2" s="37" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="53" t="s">
+      <c r="A3" s="47" t="s">
         <v>62</v>
       </c>
-      <c r="C3" s="44">
+      <c r="C3" s="38">
         <v>1</v>
       </c>
-      <c r="E3" s="45" t="s">
+      <c r="E3" s="39" t="s">
         <v>63</v>
       </c>
-      <c r="F3" s="46"/>
-      <c r="G3" s="47">
+      <c r="F3" s="40"/>
+      <c r="G3" s="41">
         <f>C3+C4</f>
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="53" t="s">
+      <c r="A4" s="47" t="s">
         <v>64</v>
       </c>
-      <c r="C4" s="44">
+      <c r="C4" s="38">
         <v>2</v>
       </c>
-      <c r="E4" s="45" t="s">
+      <c r="E4" s="39" t="s">
         <v>65</v>
       </c>
-      <c r="F4" s="46"/>
-      <c r="G4" s="47">
+      <c r="F4" s="40"/>
+      <c r="G4" s="41">
         <f>C3-C4</f>
         <v>-1</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="53" t="s">
+      <c r="A5" s="47" t="s">
         <v>66</v>
       </c>
-      <c r="E5" s="45" t="s">
+      <c r="E5" s="39" t="s">
         <v>67</v>
       </c>
-      <c r="F5" s="46"/>
-      <c r="G5" s="47">
+      <c r="F5" s="40"/>
+      <c r="G5" s="41">
         <f>C3*C4</f>
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="53" t="s">
+      <c r="A6" s="47" t="s">
         <v>68</v>
       </c>
-      <c r="E6" s="45" t="s">
+      <c r="E6" s="39" t="s">
         <v>69</v>
       </c>
-      <c r="F6" s="46"/>
-      <c r="G6" s="47">
+      <c r="F6" s="40"/>
+      <c r="G6" s="41">
         <f>C3/C4</f>
         <v>0.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="15" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="53" t="s">
+      <c r="A7" s="47" t="s">
         <v>70</v>
       </c>
-      <c r="E7" s="45" t="s">
+      <c r="E7" s="39" t="s">
         <v>71</v>
       </c>
-      <c r="F7" s="48"/>
-      <c r="G7" s="47">
+      <c r="F7" s="42"/>
+      <c r="G7" s="41">
         <f>C3^C4</f>
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="53" t="s">
+      <c r="A8" s="47" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A9" s="53" t="s">
+      <c r="A9" s="47" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A10" s="53" t="s">
+      <c r="A10" s="47" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A11" s="53" t="s">
+      <c r="A11" s="47" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A12" s="53" t="s">
+      <c r="A12" s="47" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="58" t="s">
+      <c r="A13" s="52" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A14" s="53" t="s">
+      <c r="A14" s="47" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A15" s="53" t="s">
+      <c r="A15" s="47" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A16" s="53" t="s">
+      <c r="A16" s="47" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A17" s="53" t="s">
+      <c r="A17" s="47" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="18" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A18" s="59" t="s">
+      <c r="A18" s="53" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A19" s="53" t="s">
+      <c r="A19" s="47" t="s">
         <v>83</v>
       </c>
-      <c r="K19" s="52" t="s">
+      <c r="K19" s="46" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="20" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A20" s="59" t="s">
+      <c r="A20" s="53" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="58" t="s">
+      <c r="A21" s="52" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="22" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A22" s="53" t="s">
+      <c r="A22" s="47" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="23" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A23" s="53" t="s">
+      <c r="A23" s="47" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="24" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A24" s="53" t="s">
+      <c r="A24" s="47" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="33" x14ac:dyDescent="0.25">
-      <c r="A25" s="53" t="s">
+      <c r="A25" s="47" t="s">
         <v>89</v>
       </c>
-      <c r="C25" s="57"/>
-[...3 lines deleted...]
-      <c r="G25" s="56"/>
+      <c r="C25" s="51"/>
+      <c r="D25" s="50"/>
+      <c r="E25" s="50"/>
+      <c r="F25" s="50"/>
+      <c r="G25" s="50"/>
     </row>
     <row r="26" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A26" s="53" t="s">
+      <c r="A26" s="47" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="27" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A27" s="53" t="s">
+      <c r="A27" s="47" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="26.25" x14ac:dyDescent="0.4">
-      <c r="A28" s="53" t="s">
+      <c r="A28" s="47" t="s">
         <v>92</v>
       </c>
-      <c r="E28" s="55"/>
+      <c r="E28" s="49"/>
     </row>
     <row r="29" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A29" s="53" t="s">
+      <c r="A29" s="47" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="40" spans="10:14" x14ac:dyDescent="0.25">
-      <c r="J40" s="43" t="s">
+      <c r="J40" s="37" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="41" spans="10:14" x14ac:dyDescent="0.25">
-      <c r="J41" s="49">
+      <c r="J41" s="43">
         <v>4</v>
       </c>
     </row>
     <row r="42" spans="10:14" x14ac:dyDescent="0.25">
-      <c r="J42" s="49">
+      <c r="J42" s="43">
         <v>8</v>
       </c>
     </row>
     <row r="43" spans="10:14" x14ac:dyDescent="0.25">
-      <c r="J43" s="50">
+      <c r="J43" s="44">
         <f>SUM(J41:J42)</f>
         <v>12</v>
       </c>
-      <c r="N43" s="54"/>
+      <c r="N43" s="48"/>
     </row>
     <row r="46" spans="10:14" x14ac:dyDescent="0.25">
-      <c r="L46" s="54"/>
-      <c r="M46" s="54"/>
+      <c r="L46" s="48"/>
+      <c r="M46" s="48"/>
     </row>
     <row r="64" spans="7:7" x14ac:dyDescent="0.25">
-      <c r="G64" s="51"/>
+      <c r="G64" s="45"/>
     </row>
     <row r="65" spans="7:7" x14ac:dyDescent="0.25">
-      <c r="G65" s="51"/>
+      <c r="G65" s="45"/>
     </row>
     <row r="66" spans="7:7" x14ac:dyDescent="0.25">
-      <c r="G66" s="51"/>
+      <c r="G66" s="45"/>
     </row>
     <row r="67" spans="7:7" x14ac:dyDescent="0.25">
-      <c r="G67" s="51"/>
+      <c r="G67" s="45"/>
     </row>
     <row r="86" ht="17.45" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:C17"/>
   <sheetViews>
     <sheetView zoomScale="175" zoomScaleNormal="175" workbookViewId="0">
       <selection activeCell="K10" sqref="K10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.5703125" style="6" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="9.140625" style="6"/>
+    <col min="1" max="1" width="12.5703125" style="5" customWidth="1"/>
+    <col min="2" max="2" width="15" style="5" customWidth="1"/>
+    <col min="3" max="3" width="15.140625" style="5" customWidth="1"/>
+    <col min="4" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="40" t="s">
+      <c r="A1" s="155" t="s">
         <v>55</v>
       </c>
-      <c r="B1" s="40"/>
-      <c r="C1" s="40"/>
+      <c r="B1" s="155"/>
+      <c r="C1" s="155"/>
     </row>
     <row r="2" spans="1:3" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="122" t="s">
+      <c r="A2" s="112" t="s">
         <v>16</v>
       </c>
-      <c r="B2" s="123" t="s">
+      <c r="B2" s="113" t="s">
         <v>17</v>
       </c>
-      <c r="C2" s="123" t="s">
+      <c r="C2" s="113" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A3" s="124">
+      <c r="A3" s="114">
         <v>400</v>
       </c>
-      <c r="B3" s="124">
+      <c r="B3" s="114">
         <v>200</v>
       </c>
-      <c r="C3" s="124">
+      <c r="C3" s="114">
         <v>2800</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
     </row>
     <row r="5" spans="1:3" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="125" t="s">
+      <c r="A5" s="115" t="s">
         <v>19</v>
       </c>
-      <c r="B5" s="126" t="s">
+      <c r="B5" s="116" t="s">
         <v>20</v>
       </c>
-      <c r="C5" s="126" t="s">
+      <c r="C5" s="116" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A6" s="127" t="s">
+      <c r="A6" s="117" t="s">
         <v>21</v>
       </c>
-      <c r="B6" s="128"/>
-      <c r="C6" s="129"/>
+      <c r="B6" s="118"/>
+      <c r="C6" s="119"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A7" s="127" t="s">
+      <c r="A7" s="117" t="s">
         <v>22</v>
       </c>
-      <c r="B7" s="128"/>
-      <c r="C7" s="129"/>
+      <c r="B7" s="118"/>
+      <c r="C7" s="119"/>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A8" s="127"/>
-[...1 lines deleted...]
-      <c r="C8" s="129"/>
+      <c r="A8" s="117"/>
+      <c r="B8" s="118"/>
+      <c r="C8" s="119"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A9" s="127"/>
-[...1 lines deleted...]
-      <c r="C9" s="129"/>
+      <c r="A9" s="117"/>
+      <c r="B9" s="118"/>
+      <c r="C9" s="119"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A10" s="127"/>
-[...1 lines deleted...]
-      <c r="C10" s="129"/>
+      <c r="A10" s="117"/>
+      <c r="B10" s="118"/>
+      <c r="C10" s="119"/>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A11" s="127"/>
-[...1 lines deleted...]
-      <c r="C11" s="129"/>
+      <c r="A11" s="117"/>
+      <c r="B11" s="118"/>
+      <c r="C11" s="119"/>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A12" s="127"/>
-[...1 lines deleted...]
-      <c r="C12" s="129"/>
+      <c r="A12" s="117"/>
+      <c r="B12" s="118"/>
+      <c r="C12" s="119"/>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A13" s="127"/>
-[...1 lines deleted...]
-      <c r="C13" s="129"/>
+      <c r="A13" s="117"/>
+      <c r="B13" s="118"/>
+      <c r="C13" s="119"/>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A14" s="127"/>
-[...1 lines deleted...]
-      <c r="C14" s="129"/>
+      <c r="A14" s="117"/>
+      <c r="B14" s="118"/>
+      <c r="C14" s="119"/>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A15" s="127"/>
-[...1 lines deleted...]
-      <c r="C15" s="129"/>
+      <c r="A15" s="117"/>
+      <c r="B15" s="118"/>
+      <c r="C15" s="119"/>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A16" s="127"/>
-[...1 lines deleted...]
-      <c r="C16" s="129"/>
+      <c r="A16" s="117"/>
+      <c r="B16" s="118"/>
+      <c r="C16" s="119"/>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A17" s="127"/>
-[...1 lines deleted...]
-      <c r="C17" s="129"/>
+      <c r="A17" s="117"/>
+      <c r="B17" s="118"/>
+      <c r="C17" s="119"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:C8"/>
   <sheetViews>
     <sheetView zoomScale="205" zoomScaleNormal="205" workbookViewId="0">
       <selection activeCell="M11" sqref="M11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.140625" style="6" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="9.140625" style="6"/>
+    <col min="1" max="1" width="12.140625" style="5" customWidth="1"/>
+    <col min="2" max="2" width="16.140625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="10.7109375" style="5" customWidth="1"/>
+    <col min="4" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="130" t="s">
+      <c r="A1" s="156" t="s">
         <v>23</v>
       </c>
-      <c r="B1" s="131"/>
-      <c r="C1" s="131"/>
+      <c r="B1" s="157"/>
+      <c r="C1" s="157"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A2" s="132" t="s">
+      <c r="A2" s="120" t="s">
         <v>7</v>
       </c>
-      <c r="B2" s="132" t="s">
+      <c r="B2" s="120" t="s">
         <v>25</v>
       </c>
-      <c r="C2" s="132" t="s">
+      <c r="C2" s="120" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A3" s="132">
+      <c r="A3" s="120">
         <v>2017</v>
       </c>
-      <c r="B3" s="132">
+      <c r="B3" s="120">
         <v>2855</v>
       </c>
-      <c r="C3" s="132"/>
+      <c r="C3" s="120"/>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A4" s="132">
+      <c r="A4" s="120">
         <v>2018</v>
       </c>
-      <c r="B4" s="132">
+      <c r="B4" s="120">
         <v>2805</v>
       </c>
-      <c r="C4" s="133"/>
+      <c r="C4" s="121"/>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A5" s="132">
+      <c r="A5" s="120">
         <v>2019</v>
       </c>
-      <c r="B5" s="132">
+      <c r="B5" s="120">
         <v>2679</v>
       </c>
-      <c r="C5" s="133"/>
+      <c r="C5" s="121"/>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A6" s="132">
+      <c r="A6" s="120">
         <v>2020</v>
       </c>
-      <c r="B6" s="132">
+      <c r="B6" s="120">
         <v>2654</v>
       </c>
-      <c r="C6" s="133"/>
+      <c r="C6" s="121"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="1"/>
       <c r="B7" s="1"/>
       <c r="C7" s="1"/>
     </row>
     <row r="8" spans="1:3" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="134" t="s">
+      <c r="A8" s="158" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="134"/>
-      <c r="C8" s="135"/>
+      <c r="B8" s="158"/>
+      <c r="C8" s="122"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A8:B8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:K4"/>
   <sheetViews>
     <sheetView zoomScale="190" zoomScaleNormal="190" workbookViewId="0">
       <selection activeCell="T11" sqref="T11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="18.5703125" style="6" customWidth="1"/>
-    <col min="2" max="16384" width="9.140625" style="6"/>
+    <col min="1" max="1" width="18.5703125" style="5" customWidth="1"/>
+    <col min="2" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="136" t="s">
+      <c r="A1" s="159" t="s">
         <v>31</v>
       </c>
-      <c r="B1" s="137"/>
-[...8 lines deleted...]
-      <c r="K1" s="137"/>
+      <c r="B1" s="160"/>
+      <c r="C1" s="160"/>
+      <c r="D1" s="160"/>
+      <c r="E1" s="160"/>
+      <c r="F1" s="160"/>
+      <c r="G1" s="160"/>
+      <c r="H1" s="160"/>
+      <c r="I1" s="160"/>
+      <c r="J1" s="160"/>
+      <c r="K1" s="160"/>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B2" s="11" t="s">
+      <c r="B2" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="C2" s="138">
+      <c r="C2" s="123">
         <v>120</v>
       </c>
-      <c r="D2" s="11" t="s">
+      <c r="D2" s="9" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A3" s="35" t="s">
+      <c r="A3" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="B3" s="11">
+      <c r="B3" s="9">
         <v>1</v>
       </c>
-      <c r="C3" s="11">
+      <c r="C3" s="9">
         <v>2</v>
       </c>
-      <c r="D3" s="11"/>
-[...6 lines deleted...]
-      <c r="K3" s="11"/>
+      <c r="D3" s="9"/>
+      <c r="E3" s="9"/>
+      <c r="F3" s="9"/>
+      <c r="G3" s="9"/>
+      <c r="H3" s="9"/>
+      <c r="I3" s="9"/>
+      <c r="J3" s="9"/>
+      <c r="K3" s="9"/>
     </row>
     <row r="4" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="139" t="s">
+      <c r="A4" s="124" t="s">
         <v>30</v>
       </c>
-      <c r="B4" s="140"/>
-[...8 lines deleted...]
-      <c r="K4" s="140"/>
+      <c r="B4" s="125"/>
+      <c r="C4" s="125"/>
+      <c r="D4" s="125"/>
+      <c r="E4" s="125"/>
+      <c r="F4" s="125"/>
+      <c r="G4" s="125"/>
+      <c r="H4" s="125"/>
+      <c r="I4" s="125"/>
+      <c r="J4" s="125"/>
+      <c r="K4" s="125"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:K1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView zoomScale="160" zoomScaleNormal="160" workbookViewId="0">
       <selection activeCell="W7" sqref="W7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="9.140625" style="6"/>
-[...1 lines deleted...]
-    <col min="4" max="16384" width="9.140625" style="6"/>
+    <col min="1" max="2" width="9.140625" style="5"/>
+    <col min="3" max="3" width="19.42578125" style="5" customWidth="1"/>
+    <col min="4" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="136" t="s">
+      <c r="A1" s="159" t="s">
         <v>32</v>
       </c>
-      <c r="B1" s="136"/>
-[...1 lines deleted...]
-      <c r="D1" s="136"/>
+      <c r="B1" s="159"/>
+      <c r="C1" s="159"/>
+      <c r="D1" s="159"/>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A2" s="141" t="s">
+      <c r="A2" s="126" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="142" t="s">
+      <c r="B2" s="127" t="s">
         <v>3</v>
       </c>
-      <c r="C2" s="143" t="s">
+      <c r="C2" s="161" t="s">
         <v>33</v>
       </c>
-      <c r="D2" s="143"/>
+      <c r="D2" s="161"/>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" s="2">
         <v>10</v>
       </c>
       <c r="B3" s="2">
         <v>8</v>
       </c>
       <c r="C3" s="4"/>
-      <c r="D3" s="129"/>
+      <c r="D3" s="119"/>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" s="2">
         <v>8</v>
       </c>
       <c r="B4" s="2">
         <v>10</v>
       </c>
       <c r="C4" s="4"/>
-      <c r="D4" s="129"/>
+      <c r="D4" s="119"/>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" s="2">
         <v>5</v>
       </c>
       <c r="B5" s="2">
         <v>10</v>
       </c>
       <c r="C5" s="4"/>
-      <c r="D5" s="129"/>
+      <c r="D5" s="119"/>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" s="2">
         <v>10</v>
       </c>
       <c r="B6" s="2">
         <v>5</v>
       </c>
       <c r="C6" s="4"/>
-      <c r="D6" s="129"/>
+      <c r="D6" s="119"/>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" s="2">
         <v>15</v>
       </c>
       <c r="B7" s="2">
         <v>3</v>
       </c>
       <c r="C7" s="4"/>
-      <c r="D7" s="129"/>
+      <c r="D7" s="119"/>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" s="2">
         <v>3</v>
       </c>
       <c r="B8" s="2">
         <v>15</v>
       </c>
       <c r="C8" s="4"/>
-      <c r="D8" s="129"/>
+      <c r="D8" s="119"/>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" s="2">
         <v>125</v>
       </c>
       <c r="B9" s="2">
         <v>25</v>
       </c>
       <c r="C9" s="4"/>
-      <c r="D9" s="129"/>
+      <c r="D9" s="119"/>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10" s="2">
         <v>120</v>
       </c>
       <c r="B10" s="2">
         <v>100</v>
       </c>
       <c r="C10" s="4"/>
-      <c r="D10" s="129"/>
+      <c r="D10" s="119"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="C2:D2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8743E2E9-31D1-4F1E-96F6-E944468E22C4}">
   <dimension ref="B1:J5"/>
   <sheetViews>
     <sheetView zoomScale="175" zoomScaleNormal="175" workbookViewId="0">
       <selection activeCell="T13" sqref="T13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="6"/>
-[...7 lines deleted...]
-    <col min="9" max="16384" width="9.140625" style="6"/>
+    <col min="1" max="1" width="9.140625" style="5"/>
+    <col min="2" max="2" width="12.5703125" style="5" customWidth="1"/>
+    <col min="3" max="3" width="11.42578125" style="5" customWidth="1"/>
+    <col min="4" max="4" width="11.5703125" style="5" customWidth="1"/>
+    <col min="5" max="5" width="12.85546875" style="5" customWidth="1"/>
+    <col min="6" max="6" width="10.5703125" style="5" customWidth="1"/>
+    <col min="7" max="7" width="12.28515625" style="5" customWidth="1"/>
+    <col min="8" max="8" width="13.85546875" style="5" customWidth="1"/>
+    <col min="9" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="40.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B1" s="144" t="s">
+      <c r="B1" s="162" t="s">
         <v>34</v>
       </c>
-      <c r="C1" s="145"/>
-[...6 lines deleted...]
-      <c r="J1" s="145"/>
+      <c r="C1" s="163"/>
+      <c r="D1" s="163"/>
+      <c r="E1" s="163"/>
+      <c r="F1" s="163"/>
+      <c r="G1" s="163"/>
+      <c r="H1" s="163"/>
+      <c r="I1" s="163"/>
+      <c r="J1" s="163"/>
     </row>
     <row r="2" spans="2:10" ht="28.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="146" t="s">
+      <c r="B2" s="128" t="s">
         <v>5</v>
       </c>
-      <c r="C2" s="147" t="s">
+      <c r="C2" s="129" t="s">
         <v>35</v>
       </c>
-      <c r="D2" s="148" t="s">
+      <c r="D2" s="130" t="s">
         <v>36</v>
       </c>
-      <c r="E2" s="146" t="s">
+      <c r="E2" s="128" t="s">
         <v>37</v>
       </c>
-      <c r="F2" s="149" t="s">
+      <c r="F2" s="131" t="s">
         <v>36</v>
       </c>
-      <c r="G2" s="146" t="s">
+      <c r="G2" s="128" t="s">
         <v>38</v>
       </c>
-      <c r="H2" s="146" t="s">
+      <c r="H2" s="128" t="s">
         <v>39</v>
       </c>
-      <c r="I2" s="150" t="s">
+      <c r="I2" s="164" t="s">
         <v>40</v>
       </c>
-      <c r="J2" s="150"/>
+      <c r="J2" s="164"/>
     </row>
     <row r="3" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B3" s="151">
+      <c r="B3" s="132">
         <v>120</v>
       </c>
-      <c r="C3" s="152">
+      <c r="C3" s="133">
         <v>20</v>
       </c>
-      <c r="D3" s="153"/>
+      <c r="D3" s="134"/>
       <c r="E3" s="3">
         <v>10</v>
       </c>
-      <c r="F3" s="153"/>
+      <c r="F3" s="134"/>
       <c r="G3" s="3">
         <v>10</v>
       </c>
-      <c r="H3" s="154"/>
-[...1 lines deleted...]
-      <c r="J3" s="156"/>
+      <c r="H3" s="135"/>
+      <c r="I3" s="136"/>
+      <c r="J3" s="137"/>
     </row>
     <row r="4" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B4" s="151">
+      <c r="B4" s="132">
         <v>120</v>
       </c>
-      <c r="C4" s="152">
+      <c r="C4" s="133">
         <v>30</v>
       </c>
-      <c r="D4" s="153"/>
+      <c r="D4" s="134"/>
       <c r="E4" s="3">
         <v>10</v>
       </c>
-      <c r="F4" s="153"/>
+      <c r="F4" s="134"/>
       <c r="G4" s="3">
         <v>10</v>
       </c>
-      <c r="H4" s="154"/>
-[...1 lines deleted...]
-      <c r="J4" s="156"/>
+      <c r="H4" s="135"/>
+      <c r="I4" s="136"/>
+      <c r="J4" s="137"/>
     </row>
     <row r="5" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B5" s="151">
+      <c r="B5" s="132">
         <v>100</v>
       </c>
-      <c r="C5" s="152">
+      <c r="C5" s="133">
         <v>20</v>
       </c>
-      <c r="D5" s="153"/>
+      <c r="D5" s="134"/>
       <c r="E5" s="3">
         <v>10</v>
       </c>
-      <c r="F5" s="153"/>
+      <c r="F5" s="134"/>
       <c r="G5" s="3">
         <v>10</v>
       </c>
-      <c r="H5" s="154"/>
-[...1 lines deleted...]
-      <c r="J5" s="156"/>
+      <c r="H5" s="135"/>
+      <c r="I5" s="136"/>
+      <c r="J5" s="137"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:J1"/>
     <mergeCell ref="I2:J2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{642AABD8-4B7E-458D-8E4A-A39C3412D16A}">
   <dimension ref="B1:H23"/>
   <sheetViews>
     <sheetView zoomScale="175" zoomScaleNormal="175" workbookViewId="0">
       <selection activeCell="T14" sqref="T14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="6"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="9.140625" style="6"/>
+    <col min="1" max="1" width="9.140625" style="5"/>
+    <col min="2" max="2" width="8.28515625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="13.140625" style="5" customWidth="1"/>
+    <col min="4" max="4" width="16.5703125" style="5" customWidth="1"/>
+    <col min="5" max="5" width="18.42578125" style="5" customWidth="1"/>
+    <col min="6" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:8" ht="32.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B1" s="40" t="s">
+      <c r="B1" s="155" t="s">
         <v>41</v>
       </c>
-      <c r="C1" s="40"/>
-[...1 lines deleted...]
-      <c r="E1" s="40"/>
+      <c r="C1" s="155"/>
+      <c r="D1" s="155"/>
+      <c r="E1" s="155"/>
     </row>
     <row r="2" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B2" s="158" t="s">
+      <c r="B2" s="165" t="s">
         <v>42</v>
       </c>
-      <c r="C2" s="158"/>
+      <c r="C2" s="165"/>
       <c r="D2" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="E2" s="159"/>
+      <c r="E2" s="139"/>
     </row>
     <row r="3" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B3" s="158"/>
-      <c r="C3" s="158"/>
+      <c r="B3" s="165"/>
+      <c r="C3" s="165"/>
       <c r="D3" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="E3" s="159"/>
+      <c r="E3" s="139"/>
     </row>
     <row r="4" spans="2:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
     </row>
     <row r="5" spans="2:8" ht="45" x14ac:dyDescent="0.25">
-      <c r="B5" s="122" t="s">
+      <c r="B5" s="112" t="s">
         <v>45</v>
       </c>
-      <c r="C5" s="122" t="s">
+      <c r="C5" s="112" t="s">
         <v>46</v>
       </c>
-      <c r="D5" s="122" t="s">
+      <c r="D5" s="112" t="s">
         <v>47</v>
       </c>
-      <c r="E5" s="122" t="s">
+      <c r="E5" s="112" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="6" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B6" s="132">
+      <c r="B6" s="120">
         <v>10</v>
       </c>
-      <c r="C6" s="160"/>
-[...1 lines deleted...]
-      <c r="E6" s="161"/>
+      <c r="C6" s="140"/>
+      <c r="D6" s="140"/>
+      <c r="E6" s="141"/>
     </row>
     <row r="7" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B7" s="132">
+      <c r="B7" s="120">
         <v>20</v>
       </c>
-      <c r="C7" s="160"/>
-[...1 lines deleted...]
-      <c r="E7" s="161"/>
+      <c r="C7" s="140"/>
+      <c r="D7" s="140"/>
+      <c r="E7" s="141"/>
     </row>
     <row r="8" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B8" s="132">
+      <c r="B8" s="120">
         <v>30</v>
       </c>
-      <c r="C8" s="160"/>
-[...1 lines deleted...]
-      <c r="E8" s="161"/>
+      <c r="C8" s="140"/>
+      <c r="D8" s="140"/>
+      <c r="E8" s="141"/>
     </row>
     <row r="9" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B9" s="132"/>
-[...2 lines deleted...]
-      <c r="E9" s="161"/>
+      <c r="B9" s="120"/>
+      <c r="C9" s="140"/>
+      <c r="D9" s="140"/>
+      <c r="E9" s="141"/>
     </row>
     <row r="10" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B10" s="132"/>
-[...2 lines deleted...]
-      <c r="E10" s="161"/>
+      <c r="B10" s="120"/>
+      <c r="C10" s="140"/>
+      <c r="D10" s="140"/>
+      <c r="E10" s="141"/>
     </row>
     <row r="11" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B11" s="132"/>
-[...2 lines deleted...]
-      <c r="E11" s="161"/>
+      <c r="B11" s="120"/>
+      <c r="C11" s="140"/>
+      <c r="D11" s="140"/>
+      <c r="E11" s="141"/>
     </row>
     <row r="12" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B12" s="132"/>
-[...2 lines deleted...]
-      <c r="E12" s="161"/>
+      <c r="B12" s="120"/>
+      <c r="C12" s="140"/>
+      <c r="D12" s="140"/>
+      <c r="E12" s="141"/>
     </row>
     <row r="13" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B13" s="132"/>
-[...2 lines deleted...]
-      <c r="E13" s="161"/>
+      <c r="B13" s="120"/>
+      <c r="C13" s="140"/>
+      <c r="D13" s="140"/>
+      <c r="E13" s="141"/>
     </row>
     <row r="14" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B14" s="132"/>
-[...2 lines deleted...]
-      <c r="E14" s="161"/>
+      <c r="B14" s="120"/>
+      <c r="C14" s="140"/>
+      <c r="D14" s="140"/>
+      <c r="E14" s="141"/>
     </row>
     <row r="15" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B15" s="132"/>
-[...3 lines deleted...]
-      <c r="H15" s="157"/>
+      <c r="B15" s="120"/>
+      <c r="C15" s="140"/>
+      <c r="D15" s="140"/>
+      <c r="E15" s="141"/>
+      <c r="H15" s="138"/>
     </row>
     <row r="16" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B16" s="132"/>
-[...3 lines deleted...]
-      <c r="H16" s="157"/>
+      <c r="B16" s="120"/>
+      <c r="C16" s="140"/>
+      <c r="D16" s="140"/>
+      <c r="E16" s="141"/>
+      <c r="H16" s="138"/>
     </row>
     <row r="17" spans="2:5" x14ac:dyDescent="0.25">
-      <c r="B17" s="132"/>
-[...2 lines deleted...]
-      <c r="E17" s="161"/>
+      <c r="B17" s="120"/>
+      <c r="C17" s="140"/>
+      <c r="D17" s="140"/>
+      <c r="E17" s="141"/>
     </row>
     <row r="18" spans="2:5" x14ac:dyDescent="0.25">
-      <c r="B18" s="132"/>
-[...2 lines deleted...]
-      <c r="E18" s="161"/>
+      <c r="B18" s="120"/>
+      <c r="C18" s="140"/>
+      <c r="D18" s="140"/>
+      <c r="E18" s="141"/>
     </row>
     <row r="19" spans="2:5" x14ac:dyDescent="0.25">
-      <c r="B19" s="132"/>
-[...2 lines deleted...]
-      <c r="E19" s="161"/>
+      <c r="B19" s="120"/>
+      <c r="C19" s="140"/>
+      <c r="D19" s="140"/>
+      <c r="E19" s="141"/>
     </row>
     <row r="20" spans="2:5" x14ac:dyDescent="0.25">
-      <c r="B20" s="132"/>
-[...2 lines deleted...]
-      <c r="E20" s="161"/>
+      <c r="B20" s="120"/>
+      <c r="C20" s="140"/>
+      <c r="D20" s="140"/>
+      <c r="E20" s="141"/>
     </row>
     <row r="21" spans="2:5" x14ac:dyDescent="0.25">
-      <c r="B21" s="132"/>
-[...2 lines deleted...]
-      <c r="E21" s="161"/>
+      <c r="B21" s="120"/>
+      <c r="C21" s="140"/>
+      <c r="D21" s="140"/>
+      <c r="E21" s="141"/>
     </row>
     <row r="22" spans="2:5" x14ac:dyDescent="0.25">
-      <c r="B22" s="132"/>
-[...2 lines deleted...]
-      <c r="E22" s="161"/>
+      <c r="B22" s="120"/>
+      <c r="C22" s="140"/>
+      <c r="D22" s="140"/>
+      <c r="E22" s="141"/>
     </row>
     <row r="23" spans="2:5" x14ac:dyDescent="0.25">
-      <c r="B23" s="132"/>
-[...2 lines deleted...]
-      <c r="E23" s="161"/>
+      <c r="B23" s="120"/>
+      <c r="C23" s="140"/>
+      <c r="D23" s="140"/>
+      <c r="E23" s="141"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:E1"/>
     <mergeCell ref="B2:C3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C02BA7F5-DAAE-452A-96F0-BB0062AD79E6}">
   <dimension ref="B1:D12"/>
   <sheetViews>
     <sheetView zoomScale="190" zoomScaleNormal="190" workbookViewId="0">
       <selection activeCell="N16" sqref="M15:N16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="9.140625" style="6"/>
-[...2 lines deleted...]
-    <col min="5" max="16384" width="9.140625" style="6"/>
+    <col min="1" max="2" width="9.140625" style="5"/>
+    <col min="3" max="3" width="11.7109375" style="5" customWidth="1"/>
+    <col min="4" max="4" width="10.85546875" style="5" customWidth="1"/>
+    <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:4" ht="29.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B1" s="162" t="s">
+      <c r="B1" s="166" t="s">
         <v>49</v>
       </c>
-      <c r="C1" s="162"/>
-      <c r="D1" s="162"/>
+      <c r="C1" s="166"/>
+      <c r="D1" s="166"/>
     </row>
     <row r="2" spans="2:4" ht="45.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="163" t="s">
+      <c r="B2" s="142" t="s">
         <v>50</v>
       </c>
-      <c r="C2" s="122" t="s">
+      <c r="C2" s="112" t="s">
         <v>51</v>
       </c>
-      <c r="D2" s="122" t="s">
+      <c r="D2" s="112" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="3" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B3" s="132">
+      <c r="B3" s="120">
         <v>0</v>
       </c>
-      <c r="C3" s="164"/>
-      <c r="D3" s="165"/>
+      <c r="C3" s="143"/>
+      <c r="D3" s="144"/>
     </row>
     <row r="4" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B4" s="132">
+      <c r="B4" s="120">
         <v>1</v>
       </c>
-      <c r="C4" s="164"/>
-      <c r="D4" s="164"/>
+      <c r="C4" s="143"/>
+      <c r="D4" s="143"/>
     </row>
     <row r="5" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B5" s="132">
+      <c r="B5" s="120">
         <v>2</v>
       </c>
-      <c r="C5" s="164"/>
-      <c r="D5" s="164"/>
+      <c r="C5" s="143"/>
+      <c r="D5" s="143"/>
     </row>
     <row r="6" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B6" s="132">
+      <c r="B6" s="120">
         <v>3</v>
       </c>
-      <c r="C6" s="164"/>
-      <c r="D6" s="164"/>
+      <c r="C6" s="143"/>
+      <c r="D6" s="143"/>
     </row>
     <row r="7" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B7" s="132">
+      <c r="B7" s="120">
         <v>4</v>
       </c>
-      <c r="C7" s="164"/>
-      <c r="D7" s="164"/>
+      <c r="C7" s="143"/>
+      <c r="D7" s="143"/>
     </row>
     <row r="8" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B8" s="132">
+      <c r="B8" s="120">
         <v>5</v>
       </c>
-      <c r="C8" s="164"/>
-      <c r="D8" s="164"/>
+      <c r="C8" s="143"/>
+      <c r="D8" s="143"/>
     </row>
     <row r="9" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B9" s="132">
+      <c r="B9" s="120">
         <v>6</v>
       </c>
-      <c r="C9" s="164"/>
-      <c r="D9" s="164"/>
+      <c r="C9" s="143"/>
+      <c r="D9" s="143"/>
     </row>
     <row r="10" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B10" s="132">
+      <c r="B10" s="120">
         <v>7</v>
       </c>
-      <c r="C10" s="164"/>
-      <c r="D10" s="164"/>
+      <c r="C10" s="143"/>
+      <c r="D10" s="143"/>
     </row>
     <row r="11" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B11" s="132">
+      <c r="B11" s="120">
         <v>8</v>
       </c>
-      <c r="C11" s="164"/>
-      <c r="D11" s="164"/>
+      <c r="C11" s="143"/>
+      <c r="D11" s="143"/>
     </row>
     <row r="12" spans="2:4" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B12" s="166" t="s">
+      <c r="B12" s="167" t="s">
         <v>53</v>
       </c>
-      <c r="C12" s="166"/>
-      <c r="D12" s="167"/>
+      <c r="C12" s="167"/>
+      <c r="D12" s="145"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B12:C12"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE992B91-78C6-4A5F-A40A-846B0003D566}">
   <dimension ref="A1:M51"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" zoomScalePageLayoutView="125" workbookViewId="0">
       <selection activeCell="D7" sqref="D7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.7109375" style="61" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="16384" width="8.85546875" style="60"/>
+    <col min="1" max="1" width="12.7109375" style="55" customWidth="1"/>
+    <col min="2" max="2" width="82.85546875" style="54" customWidth="1"/>
+    <col min="3" max="4" width="13.28515625" style="54" customWidth="1"/>
+    <col min="5" max="5" width="2.28515625" style="54" customWidth="1"/>
+    <col min="6" max="6" width="18.85546875" style="54" customWidth="1"/>
+    <col min="7" max="7" width="13.28515625" style="54" customWidth="1"/>
+    <col min="8" max="16384" width="8.85546875" style="54"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="60" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="61" t="s">
+      <c r="A1" s="55" t="s">
         <v>137</v>
       </c>
-      <c r="B1" s="79"/>
-[...4 lines deleted...]
-      <c r="G1" s="78"/>
+      <c r="B1" s="73"/>
+      <c r="C1" s="51"/>
+      <c r="D1" s="72"/>
+      <c r="E1" s="72"/>
+      <c r="F1" s="72"/>
+      <c r="G1" s="72"/>
     </row>
     <row r="2" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="61" t="s">
+      <c r="A2" s="55" t="s">
         <v>136</v>
       </c>
-      <c r="C2" s="67" t="s">
+      <c r="C2" s="61" t="s">
         <v>110</v>
       </c>
-      <c r="D2" s="64" t="s">
+      <c r="D2" s="58" t="s">
         <v>103</v>
       </c>
-      <c r="F2" s="67" t="s">
+      <c r="F2" s="61" t="s">
         <v>135</v>
       </c>
-      <c r="G2" s="64" t="s">
+      <c r="G2" s="58" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="3" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="72" t="s">
+      <c r="A3" s="66" t="s">
         <v>134</v>
       </c>
-      <c r="B3" s="77"/>
-      <c r="C3" s="66" t="s">
+      <c r="B3" s="71"/>
+      <c r="C3" s="60" t="s">
         <v>109</v>
       </c>
-      <c r="D3" s="66">
+      <c r="D3" s="60">
         <v>50</v>
       </c>
-      <c r="F3" s="66" t="s">
+      <c r="F3" s="60" t="s">
         <v>133</v>
       </c>
-      <c r="G3" s="66">
+      <c r="G3" s="60">
         <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="72" t="s">
+      <c r="A4" s="66" t="s">
         <v>132</v>
       </c>
-      <c r="C4" s="66" t="s">
+      <c r="C4" s="60" t="s">
         <v>108</v>
       </c>
-      <c r="D4" s="66">
+      <c r="D4" s="60">
         <v>20</v>
       </c>
-      <c r="E4" s="65"/>
-      <c r="F4" s="66" t="s">
+      <c r="E4" s="59"/>
+      <c r="F4" s="60" t="s">
         <v>131</v>
       </c>
-      <c r="G4" s="66">
+      <c r="G4" s="60">
         <v>30</v>
       </c>
     </row>
-    <row r="5" spans="1:13" s="65" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="61" t="s">
+    <row r="5" spans="1:13" s="59" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="55" t="s">
         <v>130</v>
       </c>
-      <c r="C5" s="66" t="s">
+      <c r="C5" s="60" t="s">
         <v>107</v>
       </c>
-      <c r="D5" s="66">
+      <c r="D5" s="60">
         <v>60</v>
       </c>
-      <c r="F5" s="66" t="s">
+      <c r="F5" s="60" t="s">
         <v>129</v>
       </c>
-      <c r="G5" s="66">
+      <c r="G5" s="60">
         <v>10</v>
       </c>
     </row>
-    <row r="6" spans="1:13" s="65" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="61" t="s">
+    <row r="6" spans="1:13" s="59" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="55" t="s">
         <v>73</v>
       </c>
-      <c r="B6" s="76"/>
-      <c r="C6" s="66" t="s">
+      <c r="B6" s="70"/>
+      <c r="C6" s="60" t="s">
         <v>106</v>
       </c>
-      <c r="D6" s="75">
+      <c r="D6" s="69">
         <v>40</v>
       </c>
-      <c r="F6" s="66" t="s">
+      <c r="F6" s="60" t="s">
         <v>128</v>
       </c>
-      <c r="G6" s="75">
+      <c r="G6" s="69">
         <v>50</v>
       </c>
     </row>
-    <row r="7" spans="1:13" s="65" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="61" t="s">
+    <row r="7" spans="1:13" s="59" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="55" t="s">
         <v>127</v>
       </c>
-      <c r="C7" s="69" t="s">
+      <c r="C7" s="63" t="s">
         <v>105</v>
       </c>
-      <c r="D7" s="74">
+      <c r="D7" s="68">
         <f>SUM(D3:D6)</f>
         <v>170</v>
       </c>
-      <c r="F7" s="69" t="s">
+      <c r="F7" s="63" t="s">
         <v>105</v>
       </c>
-      <c r="G7" s="74"/>
-      <c r="M7" s="52"/>
+      <c r="G7" s="68"/>
+      <c r="M7" s="46"/>
     </row>
-    <row r="8" spans="1:13" s="65" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="61" t="s">
+    <row r="8" spans="1:13" s="59" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="55" t="s">
         <v>74</v>
       </c>
-      <c r="M8" s="52"/>
+      <c r="M8" s="46"/>
     </row>
-    <row r="9" spans="1:13" s="65" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="61" t="s">
+    <row r="9" spans="1:13" s="59" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="55" t="s">
         <v>126</v>
       </c>
-      <c r="C9" s="67" t="s">
+      <c r="C9" s="61" t="s">
         <v>104</v>
       </c>
-      <c r="D9" s="64" t="s">
+      <c r="D9" s="58" t="s">
         <v>103</v>
       </c>
-      <c r="F9" s="67" t="s">
+      <c r="F9" s="61" t="s">
         <v>104</v>
       </c>
-      <c r="G9" s="64" t="s">
+      <c r="G9" s="58" t="s">
         <v>103</v>
       </c>
-      <c r="M9" s="52"/>
+      <c r="M9" s="46"/>
     </row>
-    <row r="10" spans="1:13" s="65" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="73" t="s">
+    <row r="10" spans="1:13" s="59" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="67" t="s">
         <v>125</v>
       </c>
-      <c r="C10" s="66" t="s">
+      <c r="C10" s="60" t="s">
         <v>124</v>
       </c>
-      <c r="D10" s="66">
+      <c r="D10" s="60">
         <v>50</v>
       </c>
-      <c r="F10" s="66" t="s">
+      <c r="F10" s="60" t="s">
         <v>124</v>
       </c>
-      <c r="G10" s="66">
+      <c r="G10" s="60">
         <v>50</v>
       </c>
-      <c r="M10" s="52"/>
+      <c r="M10" s="46"/>
     </row>
-    <row r="11" spans="1:13" s="65" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="72" t="s">
+    <row r="11" spans="1:13" s="59" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="66" t="s">
         <v>123</v>
       </c>
-      <c r="C11" s="66" t="s">
+      <c r="C11" s="60" t="s">
         <v>122</v>
       </c>
-      <c r="D11" s="66">
+      <c r="D11" s="60">
         <v>100</v>
       </c>
-      <c r="F11" s="66" t="s">
+      <c r="F11" s="60" t="s">
         <v>122</v>
       </c>
-      <c r="G11" s="66">
+      <c r="G11" s="60">
         <v>100</v>
       </c>
-      <c r="M11" s="52"/>
+      <c r="M11" s="46"/>
     </row>
-    <row r="12" spans="1:13" s="65" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="61" t="s">
+    <row r="12" spans="1:13" s="59" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="55" t="s">
         <v>121</v>
       </c>
-      <c r="C12" s="66" t="s">
+      <c r="C12" s="60" t="s">
         <v>120</v>
       </c>
-      <c r="D12" s="66">
+      <c r="D12" s="60">
         <v>40</v>
       </c>
-      <c r="F12" s="66" t="s">
+      <c r="F12" s="60" t="s">
         <v>120</v>
       </c>
-      <c r="G12" s="66">
+      <c r="G12" s="60">
         <v>40</v>
       </c>
-      <c r="M12" s="52"/>
+      <c r="M12" s="46"/>
     </row>
-    <row r="13" spans="1:13" s="65" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="61" t="s">
+    <row r="13" spans="1:13" s="59" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="55" t="s">
         <v>119</v>
       </c>
-      <c r="C13" s="66" t="s">
+      <c r="C13" s="60" t="s">
         <v>118</v>
       </c>
-      <c r="D13" s="66">
+      <c r="D13" s="60">
         <v>50</v>
       </c>
-      <c r="F13" s="66" t="s">
+      <c r="F13" s="60" t="s">
         <v>118</v>
       </c>
-      <c r="G13" s="66">
+      <c r="G13" s="60">
         <v>50</v>
       </c>
-      <c r="M13" s="52"/>
+      <c r="M13" s="46"/>
     </row>
-    <row r="14" spans="1:13" s="65" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="71" t="s">
+    <row r="14" spans="1:13" s="59" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="65" t="s">
         <v>117</v>
       </c>
-      <c r="C14" s="66" t="s">
+      <c r="C14" s="60" t="s">
         <v>116</v>
       </c>
-      <c r="D14" s="66">
+      <c r="D14" s="60">
         <v>20</v>
       </c>
-      <c r="F14" s="66" t="s">
+      <c r="F14" s="60" t="s">
         <v>116</v>
       </c>
-      <c r="G14" s="66">
+      <c r="G14" s="60">
         <v>20</v>
       </c>
-      <c r="M14" s="52"/>
+      <c r="M14" s="46"/>
     </row>
-    <row r="15" spans="1:13" s="65" customFormat="1" ht="15" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="61" t="s">
+    <row r="15" spans="1:13" s="59" customFormat="1" ht="15" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="55" t="s">
         <v>88</v>
       </c>
-      <c r="C15" s="69" t="s">
+      <c r="C15" s="63" t="s">
         <v>105</v>
       </c>
-      <c r="D15" s="68"/>
-      <c r="F15" s="69" t="s">
+      <c r="D15" s="62"/>
+      <c r="F15" s="63" t="s">
         <v>115</v>
       </c>
-      <c r="G15" s="70"/>
-      <c r="M15" s="52"/>
+      <c r="G15" s="64"/>
+      <c r="M15" s="46"/>
     </row>
-    <row r="16" spans="1:13" s="65" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="61" t="s">
+    <row r="16" spans="1:13" s="59" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="55" t="s">
         <v>114</v>
       </c>
-      <c r="M16" s="52"/>
+      <c r="M16" s="46"/>
     </row>
-    <row r="17" spans="1:13" s="65" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="61" t="s">
+    <row r="17" spans="1:13" s="59" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="55" t="s">
         <v>113</v>
       </c>
-      <c r="M17" s="52"/>
+      <c r="M17" s="46"/>
     </row>
-    <row r="18" spans="1:13" s="65" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="61" t="s">
+    <row r="18" spans="1:13" s="59" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="55" t="s">
         <v>112</v>
       </c>
-      <c r="M18" s="52"/>
+      <c r="M18" s="46"/>
     </row>
-    <row r="19" spans="1:13" s="65" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="61" t="s">
+    <row r="19" spans="1:13" s="59" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="55" t="s">
         <v>93</v>
       </c>
-      <c r="C19" s="52"/>
-      <c r="M19" s="52"/>
+      <c r="C19" s="46"/>
+      <c r="M19" s="46"/>
     </row>
-    <row r="20" spans="1:13" s="65" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="61" t="s">
+    <row r="20" spans="1:13" s="59" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="55" t="s">
         <v>111</v>
       </c>
-      <c r="M20" s="52"/>
+      <c r="M20" s="46"/>
     </row>
-    <row r="21" spans="1:13" s="65" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="61" t="s">
+    <row r="21" spans="1:13" s="59" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="55" t="s">
         <v>74</v>
       </c>
-      <c r="M21" s="52"/>
+      <c r="M21" s="46"/>
     </row>
-    <row r="22" spans="1:13" s="65" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="M22" s="52"/>
+    <row r="22" spans="1:13" s="59" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="55"/>
+      <c r="M22" s="46"/>
     </row>
-    <row r="23" spans="1:13" s="65" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="61"/>
+    <row r="23" spans="1:13" s="59" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="55"/>
     </row>
     <row r="26" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H26" s="52"/>
+      <c r="H26" s="46"/>
     </row>
     <row r="34" spans="3:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C34" s="67" t="s">
+      <c r="C34" s="61" t="s">
         <v>110</v>
       </c>
-      <c r="D34" s="64" t="s">
+      <c r="D34" s="58" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="35" spans="3:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C35" s="66" t="s">
+      <c r="C35" s="60" t="s">
         <v>109</v>
       </c>
-      <c r="D35" s="66">
+      <c r="D35" s="60">
         <v>50</v>
       </c>
-      <c r="E35" s="65"/>
+      <c r="E35" s="59"/>
     </row>
     <row r="36" spans="3:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C36" s="66" t="s">
+      <c r="C36" s="60" t="s">
         <v>108</v>
       </c>
-      <c r="D36" s="66">
+      <c r="D36" s="60">
         <v>20</v>
       </c>
-      <c r="E36" s="65"/>
+      <c r="E36" s="59"/>
     </row>
     <row r="37" spans="3:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C37" s="66" t="s">
+      <c r="C37" s="60" t="s">
         <v>107</v>
       </c>
-      <c r="D37" s="66">
+      <c r="D37" s="60">
         <v>60</v>
       </c>
-      <c r="E37" s="65"/>
+      <c r="E37" s="59"/>
     </row>
     <row r="38" spans="3:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C38" s="66" t="s">
+      <c r="C38" s="60" t="s">
         <v>106</v>
       </c>
-      <c r="D38" s="66">
+      <c r="D38" s="60">
         <v>40</v>
       </c>
-      <c r="E38" s="65"/>
+      <c r="E38" s="59"/>
     </row>
     <row r="39" spans="3:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C39" s="69" t="s">
+      <c r="C39" s="63" t="s">
         <v>105</v>
       </c>
-      <c r="D39" s="68">
+      <c r="D39" s="62">
         <f>SUM(D35:D38)</f>
         <v>170</v>
       </c>
-      <c r="E39" s="65"/>
-[...1 lines deleted...]
-      <c r="G39" s="65"/>
+      <c r="E39" s="59"/>
+      <c r="F39" s="59"/>
+      <c r="G39" s="59"/>
     </row>
     <row r="44" spans="3:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C44" s="67" t="s">
+      <c r="C44" s="61" t="s">
         <v>104</v>
       </c>
-      <c r="D44" s="64" t="s">
+      <c r="D44" s="58" t="s">
         <v>103</v>
       </c>
-      <c r="E44" s="65"/>
+      <c r="E44" s="59"/>
     </row>
     <row r="45" spans="3:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C45" s="66" t="s">
+      <c r="C45" s="60" t="s">
         <v>102</v>
       </c>
-      <c r="D45" s="66">
+      <c r="D45" s="60">
         <v>20</v>
       </c>
-      <c r="E45" s="65"/>
+      <c r="E45" s="59"/>
     </row>
     <row r="46" spans="3:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C46" s="66" t="s">
+      <c r="C46" s="60" t="s">
         <v>101</v>
       </c>
-      <c r="D46" s="66">
+      <c r="D46" s="60">
         <v>10</v>
       </c>
-      <c r="E46" s="65"/>
+      <c r="E46" s="59"/>
     </row>
     <row r="47" spans="3:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C47" s="66" t="s">
+      <c r="C47" s="60" t="s">
         <v>100</v>
       </c>
-      <c r="D47" s="66">
+      <c r="D47" s="60">
         <v>10</v>
       </c>
-      <c r="E47" s="65"/>
+      <c r="E47" s="59"/>
     </row>
     <row r="48" spans="3:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C48" s="66" t="s">
+      <c r="C48" s="60" t="s">
         <v>99</v>
       </c>
-      <c r="D48" s="66">
+      <c r="D48" s="60">
         <v>40</v>
       </c>
-      <c r="E48" s="65"/>
+      <c r="E48" s="59"/>
     </row>
     <row r="50" spans="4:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="D50" s="64" t="s">
+      <c r="D50" s="58" t="s">
         <v>98</v>
       </c>
-      <c r="F50" s="64" t="s">
+      <c r="F50" s="58" t="s">
         <v>97</v>
       </c>
-      <c r="G50" s="64" t="s">
+      <c r="G50" s="58" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="51" spans="4:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="D51" s="63">
+      <c r="D51" s="57">
         <f>SUM(D45:D48,100)</f>
         <v>180</v>
       </c>
-      <c r="F51" s="62">
+      <c r="F51" s="56">
         <v>100</v>
       </c>
-      <c r="G51" s="62">
+      <c r="G51" s="56">
         <f>SUM(D45:D48,F51)</f>
         <v>180</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{345228D8-FF5C-4E00-AD41-B65EF591D39A}">
   <dimension ref="A1:J46"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="D7" sqref="D7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.7109375" style="53" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="8.85546875" style="80"/>
+    <col min="1" max="1" width="12.7109375" style="47" customWidth="1"/>
+    <col min="2" max="2" width="82.85546875" style="74" customWidth="1"/>
+    <col min="3" max="3" width="13.28515625" style="55" customWidth="1"/>
+    <col min="4" max="4" width="13.28515625" style="74" customWidth="1"/>
+    <col min="5" max="5" width="2.28515625" style="74" customWidth="1"/>
+    <col min="6" max="6" width="13.28515625" style="75" customWidth="1"/>
+    <col min="7" max="7" width="13.28515625" style="74" customWidth="1"/>
+    <col min="8" max="16384" width="8.85546875" style="74"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="53" t="s">
+      <c r="A1" s="47" t="s">
         <v>153</v>
       </c>
-      <c r="B1" s="82"/>
-[...7 lines deleted...]
-      <c r="J1" s="82"/>
+      <c r="B1" s="76"/>
+      <c r="C1" s="51"/>
+      <c r="D1" s="85"/>
+      <c r="E1" s="85"/>
+      <c r="F1" s="85"/>
+      <c r="G1" s="85"/>
+      <c r="H1" s="76"/>
+      <c r="I1" s="76"/>
+      <c r="J1" s="76"/>
     </row>
     <row r="2" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="53" t="s">
+      <c r="A2" s="47" t="s">
         <v>152</v>
       </c>
-      <c r="B2" s="82"/>
-      <c r="C2" s="42" t="s">
+      <c r="B2" s="76"/>
+      <c r="C2" s="36" t="s">
         <v>110</v>
       </c>
-      <c r="D2" s="43" t="s">
+      <c r="D2" s="37" t="s">
         <v>144</v>
       </c>
-      <c r="E2" s="84"/>
-      <c r="F2" s="90" t="s">
+      <c r="E2" s="78"/>
+      <c r="F2" s="84" t="s">
         <v>135</v>
       </c>
-      <c r="G2" s="43" t="s">
+      <c r="G2" s="37" t="s">
         <v>144</v>
       </c>
-      <c r="H2" s="82"/>
-[...1 lines deleted...]
-      <c r="J2" s="89"/>
+      <c r="H2" s="76"/>
+      <c r="I2" s="76"/>
+      <c r="J2" s="83"/>
     </row>
     <row r="3" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="53" t="s">
+      <c r="A3" s="47" t="s">
         <v>151</v>
       </c>
-      <c r="B3" s="82"/>
-      <c r="C3" s="88" t="s">
+      <c r="B3" s="76"/>
+      <c r="C3" s="82" t="s">
         <v>109</v>
       </c>
-      <c r="D3" s="87">
+      <c r="D3" s="81">
         <v>50</v>
       </c>
-      <c r="E3" s="84"/>
-      <c r="F3" s="88" t="s">
+      <c r="E3" s="78"/>
+      <c r="F3" s="82" t="s">
         <v>133</v>
       </c>
-      <c r="G3" s="87">
+      <c r="G3" s="81">
         <v>50</v>
       </c>
-      <c r="H3" s="82"/>
-[...1 lines deleted...]
-      <c r="J3" s="89"/>
+      <c r="H3" s="76"/>
+      <c r="I3" s="76"/>
+      <c r="J3" s="83"/>
     </row>
     <row r="4" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="53" t="s">
+      <c r="A4" s="47" t="s">
         <v>150</v>
       </c>
-      <c r="B4" s="82"/>
-      <c r="C4" s="88" t="s">
+      <c r="B4" s="76"/>
+      <c r="C4" s="82" t="s">
         <v>108</v>
       </c>
-      <c r="D4" s="87">
+      <c r="D4" s="81">
         <v>20</v>
       </c>
-      <c r="E4" s="84"/>
-      <c r="F4" s="88" t="s">
+      <c r="E4" s="78"/>
+      <c r="F4" s="82" t="s">
         <v>131</v>
       </c>
-      <c r="G4" s="87">
+      <c r="G4" s="81">
         <v>30</v>
       </c>
-      <c r="H4" s="82"/>
-[...1 lines deleted...]
-      <c r="J4" s="89"/>
+      <c r="H4" s="76"/>
+      <c r="I4" s="76"/>
+      <c r="J4" s="83"/>
     </row>
-    <row r="5" spans="1:10" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="53" t="s">
+    <row r="5" spans="1:10" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="47" t="s">
         <v>149</v>
       </c>
-      <c r="B5" s="83"/>
-      <c r="C5" s="88" t="s">
+      <c r="B5" s="77"/>
+      <c r="C5" s="82" t="s">
         <v>107</v>
       </c>
-      <c r="D5" s="87">
+      <c r="D5" s="81">
         <v>60</v>
       </c>
-      <c r="E5" s="84"/>
-      <c r="F5" s="88" t="s">
+      <c r="E5" s="78"/>
+      <c r="F5" s="82" t="s">
         <v>129</v>
       </c>
-      <c r="G5" s="87">
+      <c r="G5" s="81">
         <v>10</v>
       </c>
-      <c r="H5" s="83"/>
-[...1 lines deleted...]
-      <c r="J5" s="89"/>
+      <c r="H5" s="77"/>
+      <c r="I5" s="77"/>
+      <c r="J5" s="83"/>
     </row>
-    <row r="6" spans="1:10" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="53" t="s">
+    <row r="6" spans="1:10" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="47" t="s">
         <v>148</v>
       </c>
-      <c r="B6" s="83"/>
-      <c r="C6" s="88" t="s">
+      <c r="B6" s="77"/>
+      <c r="C6" s="82" t="s">
         <v>106</v>
       </c>
-      <c r="D6" s="87">
+      <c r="D6" s="81">
         <v>40</v>
       </c>
-      <c r="E6" s="84"/>
-      <c r="F6" s="88" t="s">
+      <c r="E6" s="78"/>
+      <c r="F6" s="82" t="s">
         <v>128</v>
       </c>
-      <c r="G6" s="87">
+      <c r="G6" s="81">
         <v>50</v>
       </c>
-      <c r="H6" s="83"/>
-[...1 lines deleted...]
-      <c r="J6" s="89"/>
+      <c r="H6" s="77"/>
+      <c r="I6" s="77"/>
+      <c r="J6" s="83"/>
     </row>
-    <row r="7" spans="1:10" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="53" t="s">
+    <row r="7" spans="1:10" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="47" t="s">
         <v>147</v>
       </c>
-      <c r="B7" s="83"/>
-      <c r="C7" s="86" t="s">
+      <c r="B7" s="77"/>
+      <c r="C7" s="80" t="s">
         <v>138</v>
       </c>
-      <c r="D7" s="85"/>
-[...1 lines deleted...]
-      <c r="F7" s="86" t="s">
+      <c r="D7" s="79"/>
+      <c r="E7" s="78"/>
+      <c r="F7" s="80" t="s">
         <v>138</v>
       </c>
-      <c r="G7" s="85"/>
-[...2 lines deleted...]
-      <c r="J7" s="89"/>
+      <c r="G7" s="79"/>
+      <c r="H7" s="77"/>
+      <c r="I7" s="77"/>
+      <c r="J7" s="83"/>
     </row>
-    <row r="8" spans="1:10" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="53" t="s">
+    <row r="8" spans="1:10" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="47" t="s">
         <v>146</v>
       </c>
-      <c r="B8" s="83"/>
-[...7 lines deleted...]
-      <c r="J8" s="89"/>
+      <c r="B8" s="77"/>
+      <c r="C8" s="77"/>
+      <c r="D8" s="78"/>
+      <c r="E8" s="78"/>
+      <c r="F8" s="77"/>
+      <c r="G8" s="78"/>
+      <c r="H8" s="77"/>
+      <c r="I8" s="77"/>
+      <c r="J8" s="83"/>
     </row>
-    <row r="9" spans="1:10" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="53" t="s">
+    <row r="9" spans="1:10" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="47" t="s">
         <v>145</v>
       </c>
-      <c r="B9" s="83"/>
-      <c r="C9" s="42" t="s">
+      <c r="B9" s="77"/>
+      <c r="C9" s="36" t="s">
         <v>104</v>
       </c>
-      <c r="D9" s="43" t="s">
+      <c r="D9" s="37" t="s">
         <v>144</v>
       </c>
-      <c r="E9" s="84"/>
-      <c r="F9" s="90" t="s">
+      <c r="E9" s="78"/>
+      <c r="F9" s="84" t="s">
         <v>104</v>
       </c>
-      <c r="G9" s="43" t="s">
+      <c r="G9" s="37" t="s">
         <v>144</v>
       </c>
-      <c r="H9" s="83"/>
-[...1 lines deleted...]
-      <c r="J9" s="89"/>
+      <c r="H9" s="77"/>
+      <c r="I9" s="77"/>
+      <c r="J9" s="83"/>
     </row>
-    <row r="10" spans="1:10" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="53" t="s">
+    <row r="10" spans="1:10" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="47" t="s">
         <v>143</v>
       </c>
-      <c r="B10" s="83"/>
-      <c r="C10" s="88" t="s">
+      <c r="B10" s="77"/>
+      <c r="C10" s="82" t="s">
         <v>124</v>
       </c>
-      <c r="D10" s="87">
+      <c r="D10" s="81">
         <v>50</v>
       </c>
-      <c r="E10" s="84"/>
-      <c r="F10" s="88" t="s">
+      <c r="E10" s="78"/>
+      <c r="F10" s="82" t="s">
         <v>124</v>
       </c>
-      <c r="G10" s="87">
+      <c r="G10" s="81">
         <v>50</v>
       </c>
-      <c r="H10" s="83"/>
-[...1 lines deleted...]
-      <c r="J10" s="89"/>
+      <c r="H10" s="77"/>
+      <c r="I10" s="77"/>
+      <c r="J10" s="83"/>
     </row>
-    <row r="11" spans="1:10" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="53" t="s">
+    <row r="11" spans="1:10" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="47" t="s">
         <v>142</v>
       </c>
-      <c r="B11" s="83"/>
-      <c r="C11" s="88" t="s">
+      <c r="B11" s="77"/>
+      <c r="C11" s="82" t="s">
         <v>122</v>
       </c>
-      <c r="D11" s="87">
+      <c r="D11" s="81">
         <v>100</v>
       </c>
-      <c r="E11" s="84"/>
-      <c r="F11" s="88" t="s">
+      <c r="E11" s="78"/>
+      <c r="F11" s="82" t="s">
         <v>122</v>
       </c>
-      <c r="G11" s="87">
+      <c r="G11" s="81">
         <v>100</v>
       </c>
-      <c r="H11" s="83"/>
-[...1 lines deleted...]
-      <c r="J11" s="89"/>
+      <c r="H11" s="77"/>
+      <c r="I11" s="77"/>
+      <c r="J11" s="83"/>
     </row>
-    <row r="12" spans="1:10" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="53" t="s">
+    <row r="12" spans="1:10" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="47" t="s">
         <v>141</v>
       </c>
-      <c r="B12" s="83"/>
-      <c r="C12" s="88" t="s">
+      <c r="B12" s="77"/>
+      <c r="C12" s="82" t="s">
         <v>120</v>
       </c>
-      <c r="D12" s="87">
+      <c r="D12" s="81">
         <v>40</v>
       </c>
-      <c r="E12" s="84"/>
-      <c r="F12" s="88" t="s">
+      <c r="E12" s="78"/>
+      <c r="F12" s="82" t="s">
         <v>120</v>
       </c>
-      <c r="G12" s="87">
+      <c r="G12" s="81">
         <v>40</v>
       </c>
-      <c r="H12" s="83"/>
-[...1 lines deleted...]
-      <c r="J12" s="89"/>
+      <c r="H12" s="77"/>
+      <c r="I12" s="77"/>
+      <c r="J12" s="83"/>
     </row>
-    <row r="13" spans="1:10" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="53" t="s">
+    <row r="13" spans="1:10" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="47" t="s">
         <v>140</v>
       </c>
-      <c r="B13" s="83"/>
-      <c r="C13" s="88" t="s">
+      <c r="B13" s="77"/>
+      <c r="C13" s="82" t="s">
         <v>118</v>
       </c>
-      <c r="D13" s="87">
+      <c r="D13" s="81">
         <v>50</v>
       </c>
-      <c r="E13" s="84"/>
-      <c r="F13" s="88" t="s">
+      <c r="E13" s="78"/>
+      <c r="F13" s="82" t="s">
         <v>118</v>
       </c>
-      <c r="G13" s="87">
+      <c r="G13" s="81">
         <v>50</v>
       </c>
-      <c r="H13" s="83"/>
-[...1 lines deleted...]
-      <c r="J13" s="89"/>
+      <c r="H13" s="77"/>
+      <c r="I13" s="77"/>
+      <c r="J13" s="83"/>
     </row>
-    <row r="14" spans="1:10" s="81" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="53" t="s">
+    <row r="14" spans="1:10" s="75" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="47" t="s">
         <v>139</v>
       </c>
-      <c r="B14" s="83"/>
-      <c r="C14" s="88" t="s">
+      <c r="B14" s="77"/>
+      <c r="C14" s="82" t="s">
         <v>116</v>
       </c>
-      <c r="D14" s="87">
+      <c r="D14" s="81">
         <v>20</v>
       </c>
-      <c r="E14" s="84"/>
-      <c r="F14" s="88" t="s">
+      <c r="E14" s="78"/>
+      <c r="F14" s="82" t="s">
         <v>116</v>
       </c>
-      <c r="G14" s="87">
+      <c r="G14" s="81">
         <v>20</v>
       </c>
-      <c r="H14" s="83"/>
-[...1 lines deleted...]
-      <c r="J14" s="83"/>
+      <c r="H14" s="77"/>
+      <c r="I14" s="77"/>
+      <c r="J14" s="77"/>
     </row>
-    <row r="15" spans="1:10" s="81" customFormat="1" ht="15" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C15" s="86" t="s">
+    <row r="15" spans="1:10" s="75" customFormat="1" ht="15" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="47"/>
+      <c r="B15" s="77"/>
+      <c r="C15" s="80" t="s">
         <v>138</v>
       </c>
-      <c r="D15" s="85"/>
-[...5 lines deleted...]
-      <c r="J15" s="83"/>
+      <c r="D15" s="79"/>
+      <c r="E15" s="78"/>
+      <c r="F15" s="77"/>
+      <c r="G15" s="38"/>
+      <c r="H15" s="77"/>
+      <c r="I15" s="77"/>
+      <c r="J15" s="77"/>
     </row>
-    <row r="16" spans="1:10" s="81" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="J16" s="83"/>
+    <row r="16" spans="1:10" s="75" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="47"/>
+      <c r="B16" s="77"/>
+      <c r="C16" s="77"/>
+      <c r="D16" s="77"/>
+      <c r="E16" s="77"/>
+      <c r="F16" s="77"/>
+      <c r="G16" s="77"/>
+      <c r="H16" s="77"/>
+      <c r="I16" s="77"/>
+      <c r="J16" s="77"/>
     </row>
-    <row r="17" spans="1:3" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C17" s="61"/>
+    <row r="17" spans="1:3" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="47"/>
+      <c r="B17" s="77"/>
+      <c r="C17" s="55"/>
     </row>
-    <row r="18" spans="1:3" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C18" s="61"/>
+    <row r="18" spans="1:3" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="47"/>
+      <c r="B18" s="77"/>
+      <c r="C18" s="55"/>
     </row>
-    <row r="19" spans="1:3" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C19" s="61"/>
+    <row r="19" spans="1:3" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="47"/>
+      <c r="B19" s="77"/>
+      <c r="C19" s="55"/>
     </row>
-    <row r="20" spans="1:3" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C20" s="61"/>
+    <row r="20" spans="1:3" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="47"/>
+      <c r="B20" s="77"/>
+      <c r="C20" s="55"/>
     </row>
-    <row r="21" spans="1:3" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C21" s="61"/>
+    <row r="21" spans="1:3" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="47"/>
+      <c r="B21" s="77"/>
+      <c r="C21" s="55"/>
     </row>
-    <row r="22" spans="1:3" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C22" s="61"/>
+    <row r="22" spans="1:3" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="47"/>
+      <c r="B22" s="77"/>
+      <c r="C22" s="55"/>
     </row>
-    <row r="23" spans="1:3" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C23" s="61"/>
+    <row r="23" spans="1:3" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="47"/>
+      <c r="B23" s="77"/>
+      <c r="C23" s="55"/>
     </row>
-    <row r="24" spans="1:3" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C24" s="61"/>
+    <row r="24" spans="1:3" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="47"/>
+      <c r="B24" s="77"/>
+      <c r="C24" s="55"/>
     </row>
-    <row r="25" spans="1:3" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C25" s="61"/>
+    <row r="25" spans="1:3" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="47"/>
+      <c r="B25" s="77"/>
+      <c r="C25" s="55"/>
     </row>
-    <row r="26" spans="1:3" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C26" s="61"/>
+    <row r="26" spans="1:3" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="47"/>
+      <c r="B26" s="77"/>
+      <c r="C26" s="55"/>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="B27" s="82"/>
+      <c r="B27" s="76"/>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="B28" s="82"/>
+      <c r="B28" s="76"/>
     </row>
     <row r="29" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B29" s="82"/>
+      <c r="B29" s="76"/>
     </row>
     <row r="30" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B30" s="82"/>
+      <c r="B30" s="76"/>
     </row>
     <row r="31" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B31" s="82"/>
+      <c r="B31" s="76"/>
     </row>
     <row r="32" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B32" s="82"/>
+      <c r="B32" s="76"/>
     </row>
     <row r="33" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B33" s="82"/>
-[...5 lines deleted...]
-      <c r="I33" s="82"/>
+      <c r="B33" s="76"/>
+      <c r="D33" s="76"/>
+      <c r="E33" s="76"/>
+      <c r="F33" s="77"/>
+      <c r="G33" s="76"/>
+      <c r="H33" s="76"/>
+      <c r="I33" s="76"/>
     </row>
     <row r="34" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B34" s="82"/>
-[...5 lines deleted...]
-      <c r="I34" s="82"/>
+      <c r="B34" s="76"/>
+      <c r="D34" s="76"/>
+      <c r="E34" s="76"/>
+      <c r="F34" s="77"/>
+      <c r="G34" s="76"/>
+      <c r="H34" s="76"/>
+      <c r="I34" s="76"/>
     </row>
     <row r="35" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B35" s="82"/>
-[...5 lines deleted...]
-      <c r="I35" s="82"/>
+      <c r="B35" s="76"/>
+      <c r="D35" s="76"/>
+      <c r="E35" s="76"/>
+      <c r="F35" s="77"/>
+      <c r="G35" s="76"/>
+      <c r="H35" s="76"/>
+      <c r="I35" s="76"/>
     </row>
     <row r="36" spans="2:9" x14ac:dyDescent="0.25">
-      <c r="B36" s="82"/>
-[...5 lines deleted...]
-      <c r="I36" s="82"/>
+      <c r="B36" s="76"/>
+      <c r="D36" s="76"/>
+      <c r="E36" s="76"/>
+      <c r="F36" s="77"/>
+      <c r="G36" s="76"/>
+      <c r="H36" s="76"/>
+      <c r="I36" s="76"/>
     </row>
     <row r="41" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B41" s="82"/>
-[...5 lines deleted...]
-      <c r="I41" s="82"/>
+      <c r="B41" s="76"/>
+      <c r="D41" s="76"/>
+      <c r="E41" s="76"/>
+      <c r="F41" s="77"/>
+      <c r="G41" s="76"/>
+      <c r="H41" s="76"/>
+      <c r="I41" s="76"/>
     </row>
     <row r="42" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B42" s="82"/>
-[...5 lines deleted...]
-      <c r="I42" s="82"/>
+      <c r="B42" s="76"/>
+      <c r="D42" s="76"/>
+      <c r="E42" s="76"/>
+      <c r="F42" s="77"/>
+      <c r="G42" s="76"/>
+      <c r="H42" s="76"/>
+      <c r="I42" s="76"/>
     </row>
     <row r="43" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B43" s="82"/>
-[...5 lines deleted...]
-      <c r="I43" s="82"/>
+      <c r="B43" s="76"/>
+      <c r="D43" s="76"/>
+      <c r="E43" s="76"/>
+      <c r="F43" s="77"/>
+      <c r="G43" s="76"/>
+      <c r="H43" s="76"/>
+      <c r="I43" s="76"/>
     </row>
     <row r="44" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B44" s="82"/>
-[...5 lines deleted...]
-      <c r="I44" s="82"/>
+      <c r="B44" s="76"/>
+      <c r="D44" s="76"/>
+      <c r="E44" s="76"/>
+      <c r="F44" s="77"/>
+      <c r="G44" s="76"/>
+      <c r="H44" s="76"/>
+      <c r="I44" s="76"/>
     </row>
     <row r="45" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B45" s="82"/>
-[...5 lines deleted...]
-      <c r="I45" s="82"/>
+      <c r="B45" s="76"/>
+      <c r="D45" s="76"/>
+      <c r="E45" s="76"/>
+      <c r="F45" s="77"/>
+      <c r="G45" s="76"/>
+      <c r="H45" s="76"/>
+      <c r="I45" s="76"/>
     </row>
     <row r="46" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B46" s="82"/>
-[...5 lines deleted...]
-      <c r="I46" s="82"/>
+      <c r="B46" s="76"/>
+      <c r="D46" s="76"/>
+      <c r="E46" s="76"/>
+      <c r="F46" s="77"/>
+      <c r="G46" s="76"/>
+      <c r="H46" s="76"/>
+      <c r="I46" s="76"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6A8BC034-3E88-4DC2-A971-DC5956B6D7C6}">
   <dimension ref="A1:H44"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="D7" sqref="D7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.7109375" style="92" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="16384" width="8.85546875" style="80"/>
+    <col min="1" max="1" width="12.7109375" style="86" customWidth="1"/>
+    <col min="2" max="2" width="82.85546875" style="74" customWidth="1"/>
+    <col min="3" max="3" width="15.42578125" style="74" customWidth="1"/>
+    <col min="4" max="4" width="13.28515625" style="75" customWidth="1"/>
+    <col min="5" max="5" width="2.28515625" style="74" customWidth="1"/>
+    <col min="6" max="7" width="13.28515625" style="74" customWidth="1"/>
+    <col min="8" max="16384" width="8.85546875" style="74"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="92" t="s">
+      <c r="A1" s="86" t="s">
         <v>166</v>
       </c>
-      <c r="B1" s="82"/>
-[...5 lines deleted...]
-      <c r="H1" s="82"/>
+      <c r="B1" s="76"/>
+      <c r="C1" s="51"/>
+      <c r="D1" s="85"/>
+      <c r="E1" s="85"/>
+      <c r="F1" s="85"/>
+      <c r="G1" s="85"/>
+      <c r="H1" s="76"/>
     </row>
     <row r="2" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="93" t="s">
+      <c r="A2" s="87" t="s">
         <v>165</v>
       </c>
-      <c r="B2" s="82"/>
-      <c r="C2" s="42" t="s">
+      <c r="B2" s="76"/>
+      <c r="C2" s="36" t="s">
         <v>110</v>
       </c>
-      <c r="D2" s="43" t="s">
+      <c r="D2" s="37" t="s">
         <v>144</v>
       </c>
-      <c r="E2" s="84"/>
-      <c r="F2" s="90" t="s">
+      <c r="E2" s="78"/>
+      <c r="F2" s="84" t="s">
         <v>135</v>
       </c>
-      <c r="G2" s="43" t="s">
+      <c r="G2" s="37" t="s">
         <v>144</v>
       </c>
-      <c r="H2" s="89"/>
+      <c r="H2" s="83"/>
     </row>
     <row r="3" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="93" t="s">
+      <c r="A3" s="87" t="s">
         <v>164</v>
       </c>
-      <c r="B3" s="82"/>
-      <c r="C3" s="95" t="s">
+      <c r="B3" s="76"/>
+      <c r="C3" s="89" t="s">
         <v>109</v>
       </c>
-      <c r="D3" s="87">
+      <c r="D3" s="81">
         <v>50</v>
       </c>
-      <c r="E3" s="84"/>
-      <c r="F3" s="88" t="s">
+      <c r="E3" s="78"/>
+      <c r="F3" s="82" t="s">
         <v>133</v>
       </c>
-      <c r="G3" s="87">
+      <c r="G3" s="81">
         <v>50</v>
       </c>
-      <c r="H3" s="89"/>
+      <c r="H3" s="83"/>
     </row>
     <row r="4" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="98" t="s">
+      <c r="A4" s="92" t="s">
         <v>163</v>
       </c>
-      <c r="B4" s="82"/>
-      <c r="C4" s="95" t="s">
+      <c r="B4" s="76"/>
+      <c r="C4" s="89" t="s">
         <v>108</v>
       </c>
-      <c r="D4" s="87">
+      <c r="D4" s="81">
         <v>20</v>
       </c>
-      <c r="E4" s="84"/>
-      <c r="F4" s="88" t="s">
+      <c r="E4" s="78"/>
+      <c r="F4" s="82" t="s">
         <v>131</v>
       </c>
-      <c r="G4" s="87">
+      <c r="G4" s="81">
         <v>30</v>
       </c>
-      <c r="H4" s="89"/>
+      <c r="H4" s="83"/>
     </row>
-    <row r="5" spans="1:8" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="98" t="s">
+    <row r="5" spans="1:8" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="92" t="s">
         <v>162</v>
       </c>
-      <c r="B5" s="83"/>
-      <c r="C5" s="95" t="s">
+      <c r="B5" s="77"/>
+      <c r="C5" s="89" t="s">
         <v>107</v>
       </c>
-      <c r="D5" s="87">
+      <c r="D5" s="81">
         <v>60</v>
       </c>
-      <c r="E5" s="84"/>
-      <c r="F5" s="88" t="s">
+      <c r="E5" s="78"/>
+      <c r="F5" s="82" t="s">
         <v>129</v>
       </c>
-      <c r="G5" s="87">
+      <c r="G5" s="81">
         <v>10</v>
       </c>
-      <c r="H5" s="89"/>
+      <c r="H5" s="83"/>
     </row>
-    <row r="6" spans="1:8" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="98" t="s">
+    <row r="6" spans="1:8" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="92" t="s">
         <v>161</v>
       </c>
-      <c r="B6" s="83"/>
-      <c r="C6" s="95" t="s">
+      <c r="B6" s="77"/>
+      <c r="C6" s="89" t="s">
         <v>106</v>
       </c>
-      <c r="D6" s="87">
+      <c r="D6" s="81">
         <v>40</v>
       </c>
-      <c r="E6" s="84"/>
-      <c r="F6" s="88" t="s">
+      <c r="E6" s="78"/>
+      <c r="F6" s="82" t="s">
         <v>128</v>
       </c>
-      <c r="G6" s="87">
+      <c r="G6" s="81">
         <v>50</v>
       </c>
-      <c r="H6" s="89"/>
+      <c r="H6" s="83"/>
     </row>
-    <row r="7" spans="1:8" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="97" t="s">
+    <row r="7" spans="1:8" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="91" t="s">
         <v>160</v>
       </c>
-      <c r="B7" s="83"/>
-      <c r="C7" s="86" t="s">
+      <c r="B7" s="77"/>
+      <c r="C7" s="80" t="s">
         <v>159</v>
       </c>
-      <c r="D7" s="85"/>
-[...1 lines deleted...]
-      <c r="F7" s="86" t="s">
+      <c r="D7" s="79"/>
+      <c r="E7" s="78"/>
+      <c r="F7" s="80" t="s">
         <v>158</v>
       </c>
-      <c r="G7" s="85"/>
-      <c r="H7" s="89"/>
+      <c r="G7" s="79"/>
+      <c r="H7" s="83"/>
     </row>
-    <row r="8" spans="1:8" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="96" t="s">
+    <row r="8" spans="1:8" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="90" t="s">
         <v>157</v>
       </c>
-      <c r="B8" s="83"/>
-[...5 lines deleted...]
-      <c r="H8" s="89"/>
+      <c r="B8" s="77"/>
+      <c r="C8" s="77"/>
+      <c r="D8" s="78"/>
+      <c r="E8" s="78"/>
+      <c r="F8" s="77"/>
+      <c r="G8" s="78"/>
+      <c r="H8" s="83"/>
     </row>
-    <row r="9" spans="1:8" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="96" t="s">
+    <row r="9" spans="1:8" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="90" t="s">
         <v>156</v>
       </c>
-      <c r="B9" s="83"/>
-      <c r="C9" s="42" t="s">
+      <c r="B9" s="77"/>
+      <c r="C9" s="36" t="s">
         <v>104</v>
       </c>
-      <c r="D9" s="43" t="s">
+      <c r="D9" s="37" t="s">
         <v>144</v>
       </c>
-      <c r="E9" s="84"/>
-      <c r="F9" s="90" t="s">
+      <c r="E9" s="78"/>
+      <c r="F9" s="84" t="s">
         <v>104</v>
       </c>
-      <c r="G9" s="43" t="s">
+      <c r="G9" s="37" t="s">
         <v>144</v>
       </c>
-      <c r="H9" s="89"/>
+      <c r="H9" s="83"/>
     </row>
-    <row r="10" spans="1:8" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="93" t="s">
+    <row r="10" spans="1:8" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="87" t="s">
         <v>93</v>
       </c>
-      <c r="B10" s="83"/>
-      <c r="C10" s="95" t="s">
+      <c r="B10" s="77"/>
+      <c r="C10" s="89" t="s">
         <v>124</v>
       </c>
-      <c r="D10" s="87">
+      <c r="D10" s="81">
         <v>50</v>
       </c>
-      <c r="E10" s="84"/>
-      <c r="F10" s="88" t="s">
+      <c r="E10" s="78"/>
+      <c r="F10" s="82" t="s">
         <v>124</v>
       </c>
-      <c r="G10" s="87">
+      <c r="G10" s="81">
         <v>50</v>
       </c>
-      <c r="H10" s="89"/>
+      <c r="H10" s="83"/>
     </row>
-    <row r="11" spans="1:8" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="97" t="s">
+    <row r="11" spans="1:8" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="91" t="s">
         <v>155</v>
       </c>
-      <c r="B11" s="83"/>
-      <c r="C11" s="95" t="s">
+      <c r="B11" s="77"/>
+      <c r="C11" s="89" t="s">
         <v>122</v>
       </c>
-      <c r="D11" s="87">
+      <c r="D11" s="81">
         <v>100</v>
       </c>
-      <c r="E11" s="84"/>
-      <c r="F11" s="88" t="s">
+      <c r="E11" s="78"/>
+      <c r="F11" s="82" t="s">
         <v>122</v>
       </c>
-      <c r="G11" s="87">
+      <c r="G11" s="81">
         <v>100</v>
       </c>
-      <c r="H11" s="89"/>
+      <c r="H11" s="83"/>
     </row>
-    <row r="12" spans="1:8" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C12" s="95" t="s">
+    <row r="12" spans="1:8" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="90"/>
+      <c r="B12" s="77"/>
+      <c r="C12" s="89" t="s">
         <v>120</v>
       </c>
-      <c r="D12" s="87">
+      <c r="D12" s="81">
         <v>40</v>
       </c>
-      <c r="E12" s="84"/>
-      <c r="F12" s="88" t="s">
+      <c r="E12" s="78"/>
+      <c r="F12" s="82" t="s">
         <v>120</v>
       </c>
-      <c r="G12" s="87">
+      <c r="G12" s="81">
         <v>40</v>
       </c>
-      <c r="H12" s="89"/>
+      <c r="H12" s="83"/>
     </row>
-    <row r="13" spans="1:8" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C13" s="95" t="s">
+    <row r="13" spans="1:8" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="90"/>
+      <c r="B13" s="77"/>
+      <c r="C13" s="89" t="s">
         <v>118</v>
       </c>
-      <c r="D13" s="87">
+      <c r="D13" s="81">
         <v>50</v>
       </c>
-      <c r="E13" s="84"/>
-      <c r="F13" s="88" t="s">
+      <c r="E13" s="78"/>
+      <c r="F13" s="82" t="s">
         <v>118</v>
       </c>
-      <c r="G13" s="87">
+      <c r="G13" s="81">
         <v>50</v>
       </c>
-      <c r="H13" s="89"/>
+      <c r="H13" s="83"/>
     </row>
-    <row r="14" spans="1:8" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C14" s="95" t="s">
+    <row r="14" spans="1:8" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="90"/>
+      <c r="B14" s="77"/>
+      <c r="C14" s="89" t="s">
         <v>116</v>
       </c>
-      <c r="D14" s="87">
+      <c r="D14" s="81">
         <v>20</v>
       </c>
-      <c r="E14" s="84"/>
-      <c r="F14" s="88" t="s">
+      <c r="E14" s="78"/>
+      <c r="F14" s="82" t="s">
         <v>116</v>
       </c>
-      <c r="G14" s="87">
+      <c r="G14" s="81">
         <v>20</v>
       </c>
-      <c r="H14" s="83"/>
+      <c r="H14" s="77"/>
     </row>
-    <row r="15" spans="1:8" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C15" s="86" t="s">
+    <row r="15" spans="1:8" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="86"/>
+      <c r="B15" s="77"/>
+      <c r="C15" s="80" t="s">
         <v>154</v>
       </c>
-      <c r="D15" s="85"/>
-[...2 lines deleted...]
-      <c r="G15" s="85">
+      <c r="D15" s="79"/>
+      <c r="E15" s="78"/>
+      <c r="F15" s="80"/>
+      <c r="G15" s="79">
         <f>MIN(G10:G14,10)</f>
         <v>10</v>
       </c>
-      <c r="H15" s="83"/>
+      <c r="H15" s="77"/>
     </row>
-    <row r="16" spans="1:8" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="H16" s="83"/>
+    <row r="16" spans="1:8" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="86"/>
+      <c r="B16" s="77"/>
+      <c r="C16" s="77"/>
+      <c r="D16" s="77"/>
+      <c r="E16" s="77"/>
+      <c r="F16" s="77"/>
+      <c r="G16" s="77"/>
+      <c r="H16" s="77"/>
     </row>
-    <row r="17" spans="1:1" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="92"/>
+    <row r="17" spans="1:1" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="86"/>
     </row>
-    <row r="18" spans="1:1" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="94"/>
+    <row r="18" spans="1:1" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="88"/>
     </row>
-    <row r="19" spans="1:1" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="93"/>
+    <row r="19" spans="1:1" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="87"/>
     </row>
-    <row r="20" spans="1:1" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="92"/>
+    <row r="20" spans="1:1" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="86"/>
     </row>
-    <row r="21" spans="1:1" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="93"/>
+    <row r="21" spans="1:1" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="87"/>
     </row>
-    <row r="22" spans="1:1" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="93"/>
+    <row r="22" spans="1:1" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="87"/>
     </row>
-    <row r="23" spans="1:1" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="93"/>
+    <row r="23" spans="1:1" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="87"/>
     </row>
-    <row r="24" spans="1:1" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="93"/>
+    <row r="24" spans="1:1" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="87"/>
     </row>
-    <row r="25" spans="1:1" s="81" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="93"/>
+    <row r="25" spans="1:1" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="87"/>
     </row>
     <row r="27" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="28" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="29" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" spans="3:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C33" s="82"/>
-[...3 lines deleted...]
-      <c r="G33" s="82"/>
+      <c r="C33" s="76"/>
+      <c r="D33" s="77"/>
+      <c r="E33" s="76"/>
+      <c r="F33" s="76"/>
+      <c r="G33" s="76"/>
     </row>
     <row r="39" spans="3:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C39" s="82"/>
-[...3 lines deleted...]
-      <c r="G39" s="82"/>
+      <c r="C39" s="76"/>
+      <c r="D39" s="77"/>
+      <c r="E39" s="76"/>
+      <c r="F39" s="76"/>
+      <c r="G39" s="76"/>
     </row>
     <row r="40" spans="3:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C40" s="82"/>
-[...3 lines deleted...]
-      <c r="G40" s="82"/>
+      <c r="C40" s="76"/>
+      <c r="D40" s="77"/>
+      <c r="E40" s="76"/>
+      <c r="F40" s="76"/>
+      <c r="G40" s="76"/>
     </row>
     <row r="41" spans="3:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C41" s="82"/>
-[...3 lines deleted...]
-      <c r="G41" s="82"/>
+      <c r="C41" s="76"/>
+      <c r="D41" s="77"/>
+      <c r="E41" s="76"/>
+      <c r="F41" s="76"/>
+      <c r="G41" s="76"/>
     </row>
     <row r="42" spans="3:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C42" s="82"/>
-[...3 lines deleted...]
-      <c r="G42" s="82"/>
+      <c r="C42" s="76"/>
+      <c r="D42" s="77"/>
+      <c r="E42" s="76"/>
+      <c r="F42" s="76"/>
+      <c r="G42" s="76"/>
     </row>
     <row r="43" spans="3:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C43" s="82"/>
-[...3 lines deleted...]
-      <c r="G43" s="82"/>
+      <c r="C43" s="76"/>
+      <c r="D43" s="77"/>
+      <c r="E43" s="76"/>
+      <c r="F43" s="76"/>
+      <c r="G43" s="76"/>
     </row>
     <row r="44" spans="3:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C44" s="82"/>
-[...3 lines deleted...]
-      <c r="G44" s="82"/>
+      <c r="C44" s="76"/>
+      <c r="D44" s="77"/>
+      <c r="E44" s="76"/>
+      <c r="F44" s="76"/>
+      <c r="G44" s="76"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9477F1BE-BDD1-47E9-8CF3-C78E9A764D8F}">
   <dimension ref="A1:F37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="E3" sqref="E3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.7109375" style="53" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="16384" width="9.140625" style="54"/>
+    <col min="1" max="1" width="12.7109375" style="47" customWidth="1"/>
+    <col min="2" max="2" width="82.85546875" style="48" customWidth="1"/>
+    <col min="3" max="3" width="17.5703125" style="48" customWidth="1"/>
+    <col min="4" max="4" width="15" style="48" customWidth="1"/>
+    <col min="5" max="5" width="21" style="48" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="18.28515625" style="48" customWidth="1"/>
+    <col min="7" max="16384" width="9.140625" style="48"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="53" t="s">
+      <c r="A1" s="47" t="s">
         <v>203</v>
       </c>
-      <c r="C1" s="57"/>
-[...2 lines deleted...]
-      <c r="F1" s="107"/>
+      <c r="C1" s="51"/>
+      <c r="D1" s="98"/>
+      <c r="E1" s="98"/>
+      <c r="F1" s="98"/>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A2" s="53" t="s">
+      <c r="A2" s="47" t="s">
         <v>202</v>
       </c>
-      <c r="C2" s="42" t="s">
+      <c r="C2" s="36" t="s">
         <v>201</v>
       </c>
-      <c r="D2" s="42" t="s">
+      <c r="D2" s="36" t="s">
         <v>200</v>
       </c>
-      <c r="E2" s="42" t="s">
+      <c r="E2" s="36" t="s">
         <v>199</v>
       </c>
-      <c r="F2" s="42" t="s">
+      <c r="F2" s="36" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A3" s="53" t="s">
+      <c r="A3" s="47" t="s">
         <v>197</v>
       </c>
-      <c r="C3" s="47" t="s">
+      <c r="C3" s="41" t="s">
         <v>196</v>
       </c>
-      <c r="D3" s="47" t="s">
+      <c r="D3" s="41" t="s">
         <v>195</v>
       </c>
-      <c r="E3" s="106" t="str">
+      <c r="E3" s="97" t="str">
         <f>D3&amp;", "&amp;C3</f>
         <v>Bočkutė, Miglė</v>
       </c>
-      <c r="F3" s="99" t="str">
+      <c r="F3" s="93" t="str">
         <f>C3&amp;" "&amp;D3</f>
         <v>Miglė Bočkutė</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A4" s="53" t="s">
+      <c r="A4" s="47" t="s">
         <v>194</v>
       </c>
-      <c r="C4" s="47" t="s">
+      <c r="C4" s="41" t="s">
         <v>193</v>
       </c>
-      <c r="D4" s="47" t="s">
+      <c r="D4" s="41" t="s">
         <v>192</v>
       </c>
-      <c r="E4" s="106"/>
-      <c r="F4" s="99"/>
+      <c r="E4" s="97"/>
+      <c r="F4" s="93"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A5" s="53" t="s">
+      <c r="A5" s="47" t="s">
         <v>191</v>
       </c>
-      <c r="C5" s="47" t="s">
+      <c r="C5" s="41" t="s">
         <v>190</v>
       </c>
-      <c r="D5" s="47" t="s">
+      <c r="D5" s="41" t="s">
         <v>189</v>
       </c>
-      <c r="E5" s="106"/>
-      <c r="F5" s="99"/>
+      <c r="E5" s="97"/>
+      <c r="F5" s="93"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A6" s="53" t="s">
+      <c r="A6" s="47" t="s">
         <v>73</v>
       </c>
-      <c r="C6" s="47" t="s">
+      <c r="C6" s="41" t="s">
         <v>188</v>
       </c>
-      <c r="D6" s="47" t="s">
+      <c r="D6" s="41" t="s">
         <v>187</v>
       </c>
-      <c r="E6" s="106"/>
-      <c r="F6" s="99"/>
+      <c r="E6" s="97"/>
+      <c r="F6" s="93"/>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A7" s="53" t="s">
+      <c r="A7" s="47" t="s">
         <v>87</v>
       </c>
-      <c r="C7" s="47" t="s">
+      <c r="C7" s="41" t="s">
         <v>186</v>
       </c>
-      <c r="D7" s="47" t="s">
+      <c r="D7" s="41" t="s">
         <v>185</v>
       </c>
-      <c r="E7" s="106"/>
-      <c r="F7" s="99"/>
+      <c r="E7" s="97"/>
+      <c r="F7" s="93"/>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A8" s="53" t="s">
+      <c r="A8" s="47" t="s">
         <v>184</v>
       </c>
-      <c r="C8" s="47" t="s">
+      <c r="C8" s="41" t="s">
         <v>183</v>
       </c>
-      <c r="D8" s="47" t="s">
+      <c r="D8" s="41" t="s">
         <v>182</v>
       </c>
-      <c r="E8" s="106"/>
-      <c r="F8" s="99"/>
+      <c r="E8" s="97"/>
+      <c r="F8" s="93"/>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A9" s="53" t="s">
+      <c r="A9" s="47" t="s">
         <v>181</v>
       </c>
-      <c r="C9" s="47" t="s">
+      <c r="C9" s="41" t="s">
         <v>180</v>
       </c>
-      <c r="D9" s="47" t="s">
+      <c r="D9" s="41" t="s">
         <v>179</v>
       </c>
-      <c r="E9" s="106"/>
-      <c r="F9" s="99"/>
+      <c r="E9" s="97"/>
+      <c r="F9" s="93"/>
     </row>
     <row r="10" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="58" t="s">
+      <c r="A10" s="52" t="s">
         <v>178</v>
       </c>
-      <c r="C10" s="47" t="s">
+      <c r="C10" s="41" t="s">
         <v>177</v>
       </c>
-      <c r="D10" s="47" t="s">
+      <c r="D10" s="41" t="s">
         <v>176</v>
       </c>
-      <c r="E10" s="106"/>
-      <c r="F10" s="99"/>
+      <c r="E10" s="97"/>
+      <c r="F10" s="93"/>
     </row>
     <row r="11" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="58" t="s">
+      <c r="A11" s="52" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="12" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="58" t="s">
+      <c r="A12" s="52" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="13" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="58" t="s">
+      <c r="A13" s="52" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A14" s="53" t="s">
+      <c r="A14" s="47" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A15" s="53" t="s">
+      <c r="A15" s="47" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A16" s="53" t="s">
+      <c r="A16" s="47" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A17" s="53" t="s">
+      <c r="A17" s="47" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="D21" s="105"/>
+      <c r="D21" s="96"/>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="C27" s="104" t="s">
+      <c r="C27" s="146" t="s">
         <v>171</v>
       </c>
-      <c r="D27" s="104"/>
+      <c r="D27" s="146"/>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="C28" s="47" t="s">
+      <c r="C28" s="41" t="s">
         <v>170</v>
       </c>
-      <c r="D28" s="103">
+      <c r="D28" s="95">
         <f ca="1">TODAY()</f>
-        <v>45746</v>
+        <v>45999</v>
       </c>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="C29" s="47" t="s">
+      <c r="C29" s="41" t="s">
         <v>169</v>
       </c>
-      <c r="D29" s="102">
+      <c r="D29" s="94">
         <f ca="1">NOW()</f>
-        <v>45746.821773263888</v>
+        <v>45999.839812615741</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="C31" s="101" t="s">
+      <c r="C31" s="147" t="s">
         <v>168</v>
       </c>
-      <c r="D31" s="101"/>
+      <c r="D31" s="147"/>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="C32" s="47" t="str">
+      <c r="C32" s="41" t="str">
         <f ca="1">C28&amp;" "&amp;D28</f>
-        <v>Šiandienos data: 45746</v>
-[...1 lines deleted...]
-      <c r="D32" s="47"/>
+        <v>Šiandienos data: 45999</v>
+      </c>
+      <c r="D32" s="41"/>
     </row>
     <row r="33" spans="3:4" x14ac:dyDescent="0.25">
-      <c r="C33" s="47" t="str">
+      <c r="C33" s="41" t="str">
         <f ca="1">C29&amp;" "&amp;D29</f>
-        <v>Dabartinis laikas: 45746,8217732639</v>
-[...1 lines deleted...]
-      <c r="D33" s="47"/>
+        <v>Dabartinis laikas: 45999,8398126157</v>
+      </c>
+      <c r="D33" s="41"/>
     </row>
     <row r="35" spans="3:4" x14ac:dyDescent="0.25">
-      <c r="C35" s="100" t="s">
+      <c r="C35" s="148" t="s">
         <v>167</v>
       </c>
-      <c r="D35" s="100"/>
+      <c r="D35" s="148"/>
     </row>
     <row r="36" spans="3:4" x14ac:dyDescent="0.25">
-      <c r="C36" s="99" t="str">
+      <c r="C36" s="93" t="str">
         <f ca="1">C28 &amp;" "&amp; TEXT(D28,"YYYY-MM-DD")</f>
-        <v>Šiandienos data: 2025-03-30</v>
-[...1 lines deleted...]
-      <c r="D36" s="99"/>
+        <v>Šiandienos data: 2025-12-08</v>
+      </c>
+      <c r="D36" s="93"/>
     </row>
     <row r="37" spans="3:4" x14ac:dyDescent="0.25">
-      <c r="C37" s="99" t="str">
+      <c r="C37" s="93" t="str">
         <f ca="1">C29&amp;" "&amp;TEXT(D29,"HH:MM")</f>
-        <v>Dabartinis laikas: 19:43</v>
-[...1 lines deleted...]
-      <c r="D37" s="99"/>
+        <v>Dabartinis laikas: 20:09</v>
+      </c>
+      <c r="D37" s="93"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="C27:D27"/>
     <mergeCell ref="C31:D31"/>
     <mergeCell ref="C35:D35"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DE7DB02F-BC7C-4D4F-9E10-547C0D97CEDE}">
   <dimension ref="A1:F37"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="D9" sqref="D9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.7109375" style="54" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="16384" width="9.140625" style="54"/>
+    <col min="1" max="1" width="12.7109375" style="48" customWidth="1"/>
+    <col min="2" max="2" width="82.85546875" style="48" customWidth="1"/>
+    <col min="3" max="3" width="17.140625" style="48" customWidth="1"/>
+    <col min="4" max="4" width="26.140625" style="48" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="9.28515625" style="48" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="9.42578125" style="48" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="9.140625" style="48"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="53" t="s">
+      <c r="A1" s="47" t="s">
         <v>224</v>
       </c>
-      <c r="D1" s="107"/>
+      <c r="D1" s="98"/>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A2" s="53" t="s">
+      <c r="A2" s="47" t="s">
         <v>229</v>
       </c>
-      <c r="E2" s="109"/>
-      <c r="F2" s="109"/>
+      <c r="E2" s="100"/>
+      <c r="F2" s="100"/>
     </row>
     <row r="3" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="58" t="s">
+      <c r="A3" s="52" t="s">
         <v>228</v>
       </c>
-      <c r="E3" s="109"/>
-      <c r="F3" s="109"/>
+      <c r="E3" s="100"/>
+      <c r="F3" s="100"/>
     </row>
     <row r="4" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="58" t="s">
+      <c r="A4" s="52" t="s">
         <v>227</v>
       </c>
-      <c r="E4" s="109"/>
-      <c r="F4" s="109"/>
+      <c r="E4" s="100"/>
+      <c r="F4" s="100"/>
     </row>
     <row r="5" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="58" t="s">
+      <c r="A5" s="52" t="s">
         <v>226</v>
       </c>
-      <c r="C5" s="121"/>
-[...1 lines deleted...]
-      <c r="F5" s="109"/>
+      <c r="C5" s="111"/>
+      <c r="E5" s="100"/>
+      <c r="F5" s="100"/>
     </row>
     <row r="6" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="58" t="s">
+      <c r="A6" s="52" t="s">
         <v>225</v>
       </c>
-      <c r="E6" s="109"/>
-      <c r="F6" s="109"/>
+      <c r="E6" s="100"/>
+      <c r="F6" s="100"/>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A7" s="53" t="s">
+      <c r="A7" s="47" t="s">
         <v>73</v>
       </c>
-      <c r="C7" s="109"/>
-[...2 lines deleted...]
-      <c r="F7" s="109"/>
+      <c r="C7" s="100"/>
+      <c r="D7" s="100"/>
+      <c r="E7" s="100"/>
+      <c r="F7" s="100"/>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A8" s="53" t="s">
+      <c r="A8" s="47" t="s">
         <v>87</v>
       </c>
-      <c r="C8" s="120" t="s">
+      <c r="C8" s="149" t="s">
         <v>224</v>
       </c>
-      <c r="D8" s="120"/>
+      <c r="D8" s="149"/>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A9" s="53" t="s">
+      <c r="A9" s="47" t="s">
         <v>223</v>
       </c>
-      <c r="C9" s="119" t="s">
+      <c r="C9" s="110" t="s">
         <v>222</v>
       </c>
-      <c r="D9" s="118"/>
+      <c r="D9" s="109"/>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A10" s="53" t="s">
+      <c r="A10" s="47" t="s">
         <v>221</v>
       </c>
-      <c r="C10" s="119" t="s">
+      <c r="C10" s="110" t="s">
         <v>220</v>
       </c>
-      <c r="D10" s="118"/>
+      <c r="D10" s="109"/>
     </row>
     <row r="11" spans="1:6" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="58" t="s">
+      <c r="A11" s="52" t="s">
         <v>219</v>
       </c>
-      <c r="C11" s="109"/>
-      <c r="D11" s="109"/>
+      <c r="C11" s="100"/>
+      <c r="D11" s="100"/>
     </row>
     <row r="12" spans="1:6" ht="15" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="58" t="s">
+      <c r="A12" s="52" t="s">
         <v>218</v>
       </c>
-      <c r="C12" s="111">
+      <c r="C12" s="102">
         <v>50</v>
       </c>
-      <c r="D12" s="118" t="str">
+      <c r="D12" s="109" t="str">
         <f>IF(C12&lt;100,"Mažiau nei 100","Mažiau nei 100")</f>
         <v>Mažiau nei 100</v>
       </c>
     </row>
     <row r="13" spans="1:6" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="58" t="s">
+      <c r="A13" s="52" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A14" s="53" t="s">
+      <c r="A14" s="47" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="15" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="58" t="s">
+      <c r="A15" s="52" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A16" s="53" t="s">
+      <c r="A16" s="47" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A17" s="53" t="s">
+      <c r="A17" s="47" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A18" s="53" t="s">
+      <c r="A18" s="47" t="s">
         <v>88</v>
       </c>
-      <c r="C18" s="105"/>
+      <c r="C18" s="96"/>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A19" s="53" t="s">
+      <c r="A19" s="47" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A20" s="53" t="s">
+      <c r="A20" s="47" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A21" s="53" t="s">
+      <c r="A21" s="47" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A22" s="53" t="s">
+      <c r="A22" s="47" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="26" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="27" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="C27" s="117" t="s">
+      <c r="C27" s="108" t="s">
         <v>104</v>
       </c>
-      <c r="D27" s="116" t="s">
+      <c r="D27" s="107" t="s">
         <v>144</v>
       </c>
-      <c r="E27" s="116" t="s">
+      <c r="E27" s="107" t="s">
         <v>211</v>
       </c>
-      <c r="F27" s="116" t="s">
+      <c r="F27" s="107" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="C28" s="115" t="s">
+      <c r="C28" s="106" t="s">
         <v>210</v>
       </c>
-      <c r="D28" s="115">
+      <c r="D28" s="106">
         <v>2</v>
       </c>
-      <c r="E28" s="114">
+      <c r="E28" s="105">
         <v>9.7607115856835538</v>
       </c>
-      <c r="F28" s="114">
+      <c r="F28" s="105">
         <f>'IF sakiniai'!$E$28:$E$29*'IF sakiniai'!$D$28:$D$29</f>
         <v>19.521423171367108</v>
       </c>
     </row>
     <row r="29" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="C29" s="113" t="s">
+      <c r="C29" s="104" t="s">
         <v>209</v>
       </c>
-      <c r="D29" s="113">
+      <c r="D29" s="104">
         <v>3</v>
       </c>
-      <c r="E29" s="112">
+      <c r="E29" s="103">
         <v>3.4189202461080024</v>
       </c>
-      <c r="F29" s="112">
+      <c r="F29" s="103">
         <f>'IF sakiniai'!$E$28:$E$29*'IF sakiniai'!$D$28:$D$29</f>
         <v>10.256760738324008</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="C30" s="109"/>
-[...2 lines deleted...]
-      <c r="F30" s="109"/>
+      <c r="C30" s="100"/>
+      <c r="D30" s="100"/>
+      <c r="E30" s="100"/>
+      <c r="F30" s="100"/>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="C31" s="109"/>
-      <c r="D31" s="109" t="s">
+      <c r="C31" s="100"/>
+      <c r="D31" s="100" t="s">
         <v>208</v>
       </c>
-      <c r="E31" s="108">
+      <c r="E31" s="99">
         <f>SUM('IF sakiniai'!$E$28:$E$29)</f>
         <v>13.179631831791557</v>
       </c>
-      <c r="F31" s="108">
+      <c r="F31" s="99">
         <f>SUM('IF sakiniai'!F28:F29)</f>
         <v>29.778183909691116</v>
       </c>
     </row>
     <row r="32" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="C32" s="109"/>
-[...2 lines deleted...]
-      <c r="F32" s="109"/>
+      <c r="C32" s="100"/>
+      <c r="D32" s="100"/>
+      <c r="E32" s="100"/>
+      <c r="F32" s="100"/>
     </row>
     <row r="33" spans="3:6" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="C33" s="109"/>
-      <c r="D33" s="109" t="s">
+      <c r="C33" s="100"/>
+      <c r="D33" s="100" t="s">
         <v>207</v>
       </c>
-      <c r="E33" s="111" t="s">
+      <c r="E33" s="102" t="s">
         <v>205</v>
       </c>
-      <c r="F33" s="110">
+      <c r="F33" s="101">
         <f>IF(E33="Taip",F31*PardavimoMokestis,0)</f>
         <v>2.456700172549517</v>
       </c>
     </row>
     <row r="34" spans="3:6" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="C34" s="109"/>
-[...2 lines deleted...]
-      <c r="F34" s="109"/>
+      <c r="C34" s="100"/>
+      <c r="D34" s="100"/>
+      <c r="E34" s="100"/>
+      <c r="F34" s="100"/>
     </row>
     <row r="35" spans="3:6" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="C35" s="109"/>
-      <c r="D35" s="109" t="s">
+      <c r="C35" s="100"/>
+      <c r="D35" s="100" t="s">
         <v>206</v>
       </c>
-      <c r="E35" s="111" t="s">
+      <c r="E35" s="102" t="s">
         <v>205</v>
       </c>
-      <c r="F35" s="110">
+      <c r="F35" s="101">
         <f>IF(E35="Taip",SUM(D28:D29)*1.25,0)</f>
         <v>6.25</v>
       </c>
     </row>
     <row r="36" spans="3:6" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="37" spans="3:6" x14ac:dyDescent="0.25">
-      <c r="D37" s="109" t="s">
+      <c r="D37" s="100" t="s">
         <v>204</v>
       </c>
-      <c r="E37" s="109"/>
-      <c r="F37" s="108">
+      <c r="E37" s="100"/>
+      <c r="F37" s="99">
         <f>SUM(F33,F31,F35)</f>
         <v>38.484884082240633</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C8:D8"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E33 E35" xr:uid="{00000000-0002-0000-0700-000000000000}">
       <formula1>"Taip,Ne"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="M25" r:id="rId1" display="https://support.office.com/en-us/article/IF-function-69AED7C9-4E8A-4755-A9BC-AA8BBFF73BE2" xr:uid="{00000000-0004-0000-0700-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E24"/>
+  <dimension ref="A1:L24"/>
   <sheetViews>
-    <sheetView zoomScale="190" zoomScaleNormal="190" workbookViewId="0">
-      <selection activeCell="P12" sqref="P12"/>
+    <sheetView tabSelected="1" zoomScale="190" zoomScaleNormal="190" workbookViewId="0">
+      <selection activeCell="L11" sqref="L11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="16384" width="9.140625" style="6"/>
+    <col min="1" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="39" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="5" t="s">
+    <row r="1" spans="1:12" ht="39" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="150" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="5"/>
-      <c r="D1" s="7" t="s">
+      <c r="B1" s="150"/>
+      <c r="D1" s="151" t="s">
         <v>0</v>
       </c>
-      <c r="E1" s="7"/>
+      <c r="E1" s="151"/>
     </row>
-    <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="8" t="s">
+    <row r="2" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="9">
+      <c r="B2" s="7">
         <v>10</v>
       </c>
-      <c r="C2" s="10"/>
-      <c r="D2" s="11" t="s">
+      <c r="C2" s="8"/>
+      <c r="D2" s="9" t="s">
         <v>1</v>
       </c>
-      <c r="E2" s="12">
+      <c r="E2" s="10">
         <v>10</v>
       </c>
     </row>
-    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E3" s="10"/>
+    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A3" s="8"/>
+      <c r="B3" s="8"/>
+      <c r="C3" s="8"/>
+      <c r="D3" s="8"/>
+      <c r="E3" s="8"/>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A4" s="13" t="s">
+    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A4" s="11" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="8" t="s">
+      <c r="B4" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="14"/>
-      <c r="D4" s="15" t="s">
+      <c r="C4" s="12"/>
+      <c r="D4" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="E4" s="11" t="s">
+      <c r="E4" s="9" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A5" s="16">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A5" s="14">
         <v>0.05</v>
       </c>
-      <c r="B5" s="17"/>
-      <c r="D5" s="18">
+      <c r="B5" s="15"/>
+      <c r="D5" s="16">
         <v>0.1</v>
       </c>
-      <c r="E5" s="19"/>
+      <c r="E5" s="17"/>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="E6" s="19"/>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A6" s="14"/>
+      <c r="B6" s="15"/>
+      <c r="D6" s="16"/>
+      <c r="E6" s="17"/>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="E7" s="19"/>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A7" s="14"/>
+      <c r="B7" s="15"/>
+      <c r="D7" s="16"/>
+      <c r="E7" s="17"/>
+      <c r="L7" s="168" t="s">
+        <v>231</v>
+      </c>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="E8" s="19"/>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A8" s="14"/>
+      <c r="B8" s="15"/>
+      <c r="D8" s="16"/>
+      <c r="E8" s="17"/>
     </row>
-    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="E9" s="19"/>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A9" s="14"/>
+      <c r="B9" s="15"/>
+      <c r="D9" s="16"/>
+      <c r="E9" s="17"/>
     </row>
-    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="E10" s="19"/>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A10" s="14"/>
+      <c r="B10" s="15"/>
+      <c r="D10" s="16"/>
+      <c r="E10" s="17"/>
     </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="E11" s="19"/>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A11" s="14"/>
+      <c r="B11" s="15"/>
+      <c r="D11" s="16"/>
+      <c r="E11" s="17"/>
     </row>
-    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="E12" s="19"/>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A12" s="14"/>
+      <c r="B12" s="15"/>
+      <c r="D12" s="16"/>
+      <c r="E12" s="17"/>
     </row>
-    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="E13" s="19"/>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A13" s="14"/>
+      <c r="B13" s="15"/>
+      <c r="D13" s="16"/>
+      <c r="E13" s="17"/>
     </row>
-    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="E14" s="19"/>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A14" s="14"/>
+      <c r="B14" s="15"/>
+      <c r="D14" s="16"/>
+      <c r="E14" s="17"/>
     </row>
-    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="E15" s="19"/>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A15" s="14"/>
+      <c r="B15" s="15"/>
+      <c r="D15" s="16"/>
+      <c r="E15" s="17"/>
     </row>
-    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="E16" s="19"/>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A16" s="14"/>
+      <c r="B16" s="15"/>
+      <c r="D16" s="16"/>
+      <c r="E16" s="17"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A17" s="16"/>
-[...2 lines deleted...]
-      <c r="E17" s="19"/>
+      <c r="A17" s="14"/>
+      <c r="B17" s="15"/>
+      <c r="D17" s="16"/>
+      <c r="E17" s="17"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A18" s="16"/>
-[...2 lines deleted...]
-      <c r="E18" s="19"/>
+      <c r="A18" s="14"/>
+      <c r="B18" s="15"/>
+      <c r="D18" s="16"/>
+      <c r="E18" s="17"/>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A19" s="16"/>
-[...2 lines deleted...]
-      <c r="E19" s="19"/>
+      <c r="A19" s="14"/>
+      <c r="B19" s="15"/>
+      <c r="D19" s="16"/>
+      <c r="E19" s="17"/>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A20" s="16"/>
-[...2 lines deleted...]
-      <c r="E20" s="19"/>
+      <c r="A20" s="14"/>
+      <c r="B20" s="15"/>
+      <c r="D20" s="16"/>
+      <c r="E20" s="17"/>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A21" s="16"/>
-[...2 lines deleted...]
-      <c r="E21" s="19"/>
+      <c r="A21" s="14"/>
+      <c r="B21" s="15"/>
+      <c r="D21" s="16"/>
+      <c r="E21" s="17"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A22" s="16"/>
-[...2 lines deleted...]
-      <c r="E22" s="19"/>
+      <c r="A22" s="14"/>
+      <c r="B22" s="15"/>
+      <c r="D22" s="16"/>
+      <c r="E22" s="17"/>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A23" s="16"/>
-[...2 lines deleted...]
-      <c r="E23" s="19"/>
+      <c r="A23" s="14"/>
+      <c r="B23" s="15"/>
+      <c r="D23" s="16"/>
+      <c r="E23" s="17"/>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A24" s="16"/>
-[...2 lines deleted...]
-      <c r="E24" s="19"/>
+      <c r="A24" s="14"/>
+      <c r="B24" s="15"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="D1:E1"/>
   </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="L7" r:id="rId1" xr:uid="{991C3F5D-E22E-42E2-A612-631AE38E37C3}"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
-  <drawing r:id="rId2"/>
+  <pageSetup orientation="portrait" r:id="rId2"/>
+  <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:B14"/>
+  <dimension ref="A1:I14"/>
   <sheetViews>
     <sheetView zoomScale="205" zoomScaleNormal="205" workbookViewId="0">
-      <selection activeCell="M7" sqref="I6:M7"/>
+      <selection activeCell="I7" sqref="I7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="13.7109375" style="6" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="9.140625" style="6"/>
+    <col min="1" max="1" width="13.7109375" style="5" customWidth="1"/>
+    <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
+    <col min="3" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="20" t="s">
+    <row r="1" spans="1:9" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="152" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="20"/>
+      <c r="B1" s="152"/>
     </row>
-    <row r="2" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A2" s="21" t="s">
+    <row r="2" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A2" s="18" t="s">
         <v>5</v>
       </c>
-      <c r="B2" s="22">
+      <c r="B2" s="19">
         <v>36000</v>
       </c>
     </row>
-    <row r="3" spans="1:2" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="23" t="s">
+    <row r="3" spans="1:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="20" t="s">
         <v>6</v>
       </c>
-      <c r="B3" s="27">
+      <c r="B3" s="23">
         <v>0.15</v>
       </c>
     </row>
-    <row r="4" spans="1:2" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B4" s="33"/>
+    <row r="4" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="28"/>
+      <c r="B4" s="29"/>
     </row>
-    <row r="5" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A5" s="24" t="s">
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A5" s="21" t="s">
         <v>7</v>
       </c>
-      <c r="B5" s="24" t="s">
+      <c r="B5" s="21" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="6" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A6" s="8">
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A6" s="6">
         <v>0</v>
       </c>
-      <c r="B6" s="25"/>
+      <c r="B6" s="22"/>
     </row>
-    <row r="7" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A7" s="8">
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A7" s="6">
         <v>1</v>
       </c>
-      <c r="B7" s="25"/>
+      <c r="B7" s="22"/>
+      <c r="I7" s="168" t="s">
+        <v>231</v>
+      </c>
     </row>
-    <row r="8" spans="1:2" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B8" s="25"/>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A8" s="6"/>
+      <c r="B8" s="22"/>
     </row>
-    <row r="9" spans="1:2" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B9" s="25"/>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A9" s="6"/>
+      <c r="B9" s="22"/>
     </row>
-    <row r="10" spans="1:2" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B10" s="25"/>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" s="6"/>
+      <c r="B10" s="22"/>
     </row>
-    <row r="11" spans="1:2" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B11" s="25"/>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A11" s="6"/>
+      <c r="B11" s="22"/>
     </row>
-    <row r="12" spans="1:2" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B12" s="31"/>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" s="26"/>
+      <c r="B12" s="27"/>
     </row>
-    <row r="13" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A13" s="26" t="s">
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" s="153" t="s">
         <v>9</v>
       </c>
-      <c r="B13" s="26"/>
+      <c r="B13" s="153"/>
     </row>
-    <row r="14" spans="1:2" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B14" s="29" t="s">
+    <row r="14" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="24"/>
+      <c r="B14" s="25" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A13:B13"/>
   </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="I7" r:id="rId1" xr:uid="{E59FB6A0-F962-4CF6-A982-0E588BC07F2F}"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
-  <drawing r:id="rId2"/>
+  <pageSetup orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId2"/>
+  <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:C16"/>
+  <dimension ref="A1:K16"/>
   <sheetViews>
     <sheetView zoomScale="175" zoomScaleNormal="175" workbookViewId="0">
-      <selection activeCell="G8" sqref="G8"/>
+      <selection activeCell="K11" sqref="K11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="6"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="9.140625" style="6"/>
+    <col min="1" max="1" width="9.140625" style="5"/>
+    <col min="2" max="2" width="17.7109375" style="5" customWidth="1"/>
+    <col min="3" max="3" width="15.42578125" style="5" customWidth="1"/>
+    <col min="4" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="46.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="34" t="s">
+    <row r="1" spans="1:11" ht="46.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="154" t="s">
         <v>54</v>
       </c>
-      <c r="B1" s="34"/>
-      <c r="C1" s="34"/>
+      <c r="B1" s="154"/>
+      <c r="C1" s="154"/>
     </row>
-    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="B2" s="11" t="s">
+    <row r="2" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B2" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="C2" s="11" t="s">
+      <c r="C2" s="9" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="B3" s="36">
+    <row r="3" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B3" s="31">
         <v>5000</v>
       </c>
-      <c r="C3" s="37">
+      <c r="C3" s="32">
         <v>0.06</v>
       </c>
     </row>
-    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A5" s="11" t="s">
+    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A5" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="B5" s="11" t="s">
+      <c r="B5" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="C5" s="11" t="s">
+      <c r="C5" s="9" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A6" s="11">
+    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A6" s="9">
         <v>2020</v>
       </c>
-      <c r="B6" s="38"/>
-      <c r="C6" s="38"/>
+      <c r="B6" s="33"/>
+      <c r="C6" s="33"/>
     </row>
-    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A7" s="11">
+    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A7" s="9">
         <v>2021</v>
       </c>
-      <c r="B7" s="39"/>
-      <c r="C7" s="39"/>
+      <c r="B7" s="34"/>
+      <c r="C7" s="34"/>
     </row>
-    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A8" s="11">
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A8" s="9">
         <v>2022</v>
       </c>
-      <c r="B8" s="39"/>
-      <c r="C8" s="39"/>
+      <c r="B8" s="34"/>
+      <c r="C8" s="34"/>
     </row>
-    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C9" s="39"/>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A9" s="9"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="34"/>
     </row>
-    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C10" s="39"/>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A10" s="9"/>
+      <c r="B10" s="34"/>
+      <c r="C10" s="34"/>
     </row>
-    <row r="11" spans="1:3" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C11" s="39"/>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A11" s="9"/>
+      <c r="B11" s="34"/>
+      <c r="C11" s="34"/>
+      <c r="K11" s="168" t="s">
+        <v>231</v>
+      </c>
     </row>
-    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C12" s="39"/>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12" s="9"/>
+      <c r="B12" s="34"/>
+      <c r="C12" s="34"/>
     </row>
-    <row r="13" spans="1:3" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C13" s="39"/>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A13" s="9"/>
+      <c r="B13" s="34"/>
+      <c r="C13" s="34"/>
     </row>
-    <row r="14" spans="1:3" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C14" s="39"/>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A14" s="9"/>
+      <c r="B14" s="34"/>
+      <c r="C14" s="34"/>
     </row>
-    <row r="15" spans="1:3" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C15" s="39"/>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A15" s="9"/>
+      <c r="B15" s="34"/>
+      <c r="C15" s="34"/>
     </row>
-    <row r="16" spans="1:3" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C16" s="39"/>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A16" s="9"/>
+      <c r="B16" s="34"/>
+      <c r="C16" s="34"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="K11" r:id="rId1" xr:uid="{4CB76AF1-DD12-4028-9E23-99D18ED9E9AC}"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darbalapiai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>16</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Įvardytieji diapazonai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>